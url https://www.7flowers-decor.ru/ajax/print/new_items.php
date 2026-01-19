--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -1,869 +1,2165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="www" ContentType="application/octet-stream"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="www" ContentType="application/octet-stream"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Товар</t>
   </si>
   <si>
     <t>ШтрихКод</t>
   </si>
   <si>
     <t>Характеристики</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Количество</t>
   </si>
   <si>
     <t>Сумма</t>
   </si>
   <si>
-    <t>5800000016330</t>
-[...692 lines deleted...]
-    <t>4630118619199</t>
+    <t>5800000016974</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Елочная игрушка "Телефон" (стекло), 10x7xH10 см
+</t>
+  </si>
+  <si>
+    <t>5800000015444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Елочная игрушка "Сосулька" (акрил), H15 см, набор (16 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000020161</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Column" (керамика), D8xH24,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Oliva" (керамика), D15,5xH21,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020159</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Кувшин" (керамика), D13xH22 см
+</t>
+  </si>
+  <si>
+    <t>5800000020158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Кувшин" (керамика), D11xH22,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Tulip" (керамика), D14xH17,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Tulip" (керамика), D18xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000020000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Клубника" (керамика), D24xH32 см
+</t>
+  </si>
+  <si>
+    <t>5800000019996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Magnetic" (керамика), D21xH25 см
+</t>
+  </si>
+  <si>
+    <t>5800000019985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Tulip" (керамика), D12,5xH17,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Tulip" (керамика), D11xH19,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019983</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D20xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019982</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D20xH20 см
+</t>
+  </si>
+  <si>
+    <t>5800000019981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D25xH46 см
+</t>
+  </si>
+  <si>
+    <t>5800000019979</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинуазри Королевский синий" (керамика), D19xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000019978</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D24xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D21xH38 см
+</t>
+  </si>
+  <si>
+    <t>5800000019976</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинуазри Королевский синий" (керамика), D20xH47 см
+</t>
+  </si>
+  <si>
+    <t>5800000019975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D25xH33 см
+</t>
+  </si>
+  <si>
+    <t>5800000019974</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D20xH16 см
+</t>
+  </si>
+  <si>
+    <t>5800000019973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D26xH29 см
+</t>
+  </si>
+  <si>
+    <t>5800000019972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Шинаузри Королевский синий" (керамика), D28xH45 см
+</t>
+  </si>
+  <si>
+    <t>5800000019969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Mushroom" (керамика), D15xH24,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), 19x17xH12 см
+</t>
+  </si>
+  <si>
+    <t>5800000019966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D13xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000019965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D15,5xH25,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D23xH20 см
+</t>
+  </si>
+  <si>
+    <t>5800000019963</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D20xH19,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019962</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D23xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000019961</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D18,5xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019960</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Marine Art" (керамика), D13,5xH30,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019959</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Сумка" (керамика), 19x9xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000019958</t>
+  </si>
+  <si>
+    <t>5800000019957</t>
+  </si>
+  <si>
+    <t>5800000019956</t>
+  </si>
+  <si>
+    <t>5800000019955</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Орегано" (керамика), D19,5xH15 см
+</t>
+  </si>
+  <si>
+    <t>5800000019954</t>
+  </si>
+  <si>
+    <t>5800000019951</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Нерине" (керамика), D16xH20 см
+</t>
+  </si>
+  <si>
+    <t>5800000019950</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Нерине" (керамика), D19xH19 см
+</t>
+  </si>
+  <si>
+    <t>5800000019949</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Нерине" (керамика), D12xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000019946</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Перец" (керамика), D12xH28 см
+</t>
+  </si>
+  <si>
+    <t>5800000019945</t>
+  </si>
+  <si>
+    <t>5800000019944</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Перец" (керамика), D10xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000019942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Лимон" (керамика), D17,5xH11 см
+</t>
+  </si>
+  <si>
+    <t>5800000019941</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Лимон" (керамика), 20x12xH10,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Arctic" (керамика), D18xH14
+</t>
+  </si>
+  <si>
+    <t>5800000019939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Arctic" (керамика), D21xH17
+</t>
+  </si>
+  <si>
+    <t>5800000019938</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Arctic" (керамика), D17xH29
+</t>
+  </si>
+  <si>
+    <t>5800000019937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Arctic" (керамика), D20xH34
+</t>
+  </si>
+  <si>
+    <t>5800000019936</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), 29,5x12xH13 см
+</t>
+  </si>
+  <si>
+    <t>5800000019935</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), D18,5xH19,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019933</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), 17,5x7xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), 22x8xH38 см
+</t>
+  </si>
+  <si>
+    <t>5800000019931</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), 26,5x10xH46 см
+</t>
+  </si>
+  <si>
+    <t>5800000019930</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Bauhaus" (керамика), H60 см
+</t>
+  </si>
+  <si>
+    <t>5800000019929</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Bauhaus" (керамика), H45 см
+</t>
+  </si>
+  <si>
+    <t>5800000019928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Bauhaus" (керамика), H30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019927</t>
+  </si>
+  <si>
+    <t>5800000019926</t>
+  </si>
+  <si>
+    <t>5800000019914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Campanula" (керамика), D18,5xH14 см
+</t>
+  </si>
+  <si>
+    <t>5800000019913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Campanula" (керамика), D20,5xH16,5
+</t>
+  </si>
+  <si>
+    <t>5500019787321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), D13xH27 см
+</t>
+  </si>
+  <si>
+    <t>5500019787319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ваза "Reverie" (керамика), D12,5xH33,5 см
+</t>
+  </si>
+  <si>
+    <t>4008789154460</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Lechuza "Balconera Cottage Complete sand brown" (пластик), 50x19xH19 см
+</t>
+  </si>
+  <si>
+    <t>5100000038300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Wave texture Grey" (файкостоун), D50xH44,5 см
+</t>
+  </si>
+  <si>
+    <t>5100000038299</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Wave texture Grey" (файкостоун), D60xH53 см
+</t>
+  </si>
+  <si>
+    <t>5100000038330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Song" (керамика), D37xH22 см
+</t>
+  </si>
+  <si>
+    <t>5100000038307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Fishbone fossil wood Cube" (файкостоун), 25x25xH45 см
+</t>
+  </si>
+  <si>
+    <t>5100000038305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Fishbone fossil wood Cube" (файкостоун), 43x43xH80 см
+</t>
+  </si>
+  <si>
+    <t>5100000038920</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Royal Blue Jar" (керамика), D25xH25 см
+</t>
+  </si>
+  <si>
+    <t>5800000020043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Metallic Black Jar" (полистоун), D49xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Scuffs Gold Vase" (полистоун), 60х18,5xH18 см
+</t>
+  </si>
+  <si>
+    <t>5800000019321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Scuffs Gold Vase" (полистоун), D34xH112 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Ecru Ball" (полистоун), D44xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000019312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Olive Round" (полистоун), D36xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Ecru Round" (полистоун), D46xH41 см
+</t>
+  </si>
+  <si>
+    <t>5800000019165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Jade Round" (керамика), D25xH31 см
+</t>
+  </si>
+  <si>
+    <t>5800000019159</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Copper-S-copper Round" (керамика), D26xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Copper-S-copper Round" (керамика), D36xH41 см
+</t>
+  </si>
+  <si>
+    <t>5800000019157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Copper-S-copper Round" (керамика), D27xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000019156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Copper-S-copper Round" (керамика), D36xH31 см
+</t>
+  </si>
+  <si>
+    <t>5800000019145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Arcs Antique terra Cylinder" (терракота), D29xH31 см
+</t>
+  </si>
+  <si>
+    <t>5800000019144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Arcs Antique terra Cylinder" (терракота), D38xH41 см
+</t>
+  </si>
+  <si>
+    <t>5800000019143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Arcs Antique terra Cylinder" (терракота), D28xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000019142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Arcs Antique terra Cylinder" (терракота), D36xH31 см
+</t>
+  </si>
+  <si>
+    <t>5800000019141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Arcs Antique terra Cylinder" (терракота), D29xH17 см
+</t>
+  </si>
+  <si>
+    <t>5800000019140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Arcs Antique terra Cylinder" (терракота), D37xH22 см
+</t>
+  </si>
+  <si>
+    <t>5800000019139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D20xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000019138</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D28xH31 см
+</t>
+  </si>
+  <si>
+    <t>5800000019137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D39xH41,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D20xH17,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D27,5xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000019134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D38xH31 см
+</t>
+  </si>
+  <si>
+    <t>5800000019133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D20,5xH13,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D27,5xH17,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent Brown terra Jar" (терракота), D37,5xH22 см
+</t>
+  </si>
+  <si>
+    <t>5800000019130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Antique terra Round" (терракота), D25xH39 см
+</t>
+  </si>
+  <si>
+    <t>5800000019129</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Antique terra Round" (терракота), D35xH47 см
+</t>
+  </si>
+  <si>
+    <t>5800000019128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Rough Antique terra Jar" (терракота), D35xH39 см
+</t>
+  </si>
+  <si>
+    <t>5800000019127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Rough Antique terra Jar" (терракота), D47xH53 см
+</t>
+  </si>
+  <si>
+    <t>5800000019126</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Rough Antique terra Jar" (терракота), D35xH16 см
+</t>
+  </si>
+  <si>
+    <t>5800000019125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Rough Antique terra Jar" (терракота), D47xH22 см
+</t>
+  </si>
+  <si>
+    <t>5800000019124</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Antique terra Round" (терракота), D28xH22 см
+</t>
+  </si>
+  <si>
+    <t>5800000019123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Antique terra Round" (терракота), D35xH29 см
+</t>
+  </si>
+  <si>
+    <t>5800000019122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Antique terra Round" (терракота), D46xH38 см
+</t>
+  </si>
+  <si>
+    <t>5800000019121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent White terra Round" (терракота), D22xH32 см
+</t>
+  </si>
+  <si>
+    <t>5800000019120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent White terra Round" (терракота), D32xH45 см
+</t>
+  </si>
+  <si>
+    <t>5800000019119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Dent White terra Round" (терракота), D42xH58 см
+</t>
+  </si>
+  <si>
+    <t>5500015924266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ribs Mterra Jar" (терракота), D22xH19 см
+</t>
+  </si>
+  <si>
+    <t>5500015924265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ribs Mterra Jar" (терракота), D29xH25 см
+</t>
+  </si>
+  <si>
+    <t>5500015924262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ribs Mterra Jar" (терракота), D30xH17 см
+</t>
+  </si>
+  <si>
+    <t>5500014393689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ripple Antique terra Jar" (терракота), D21xH18 см
+</t>
+  </si>
+  <si>
+    <t>5500014393688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ripple Antique terra Jar" (терракота), D29xH24 см
+</t>
+  </si>
+  <si>
+    <t>5500014393687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ripple Antique terra Jar" (терракота), D36xH30 см
+</t>
+  </si>
+  <si>
+    <t>5500014393686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ripple Antique terra Jar" (терракота), D22xH13 см
+</t>
+  </si>
+  <si>
+    <t>5500014393685</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ripple Antique terra Jar" (терракота), D29xH17 см
+</t>
+  </si>
+  <si>
+    <t>5500014393684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ripple Antique terra Jar" (терракота), D36xH21 см
+</t>
+  </si>
+  <si>
+    <t>5500015924269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Ribs Mterra Jar" (терракота), D20xH23 см
+</t>
+  </si>
+  <si>
+    <t>5100000038334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Song" (керамика), D28xH25 см
+</t>
+  </si>
+  <si>
+    <t>5100000038333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Song" (керамика), D37xH31 см
+</t>
+  </si>
+  <si>
+    <t>5100000038332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Song" (керамика), D49xH41 см
+</t>
+  </si>
+  <si>
+    <t>5100000038329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Song" (керамика), D49xH29 см
+</t>
+  </si>
+  <si>
+    <t>5100000038328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Cooper Vase" (керамика), D39xH74 см
+</t>
+  </si>
+  <si>
+    <t>5100000038327</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Cooper Jar" (керамика), D43xH39 см
+</t>
+  </si>
+  <si>
+    <t>5100000038326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Cooper Jar" (керамика), D55xH49 см
+</t>
+  </si>
+  <si>
+    <t>5100000038339</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Green Round" (керамика), D36xH31 см
+</t>
+  </si>
+  <si>
+    <t>5100000038338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Green Round" (керамика), D47xH40 см
+</t>
+  </si>
+  <si>
+    <t>5100000038336</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Green Round" (керамика), D36xH22 см
+</t>
+  </si>
+  <si>
+    <t>5100000038335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Green Round" (керамика), D47xH27 см
+</t>
+  </si>
+  <si>
+    <t>5100000038944</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Royal Blue Jar" (керамика), D40xH40 см
+</t>
+  </si>
+  <si>
+    <t>5100000038937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Royal Blue Jar" (керамика), D33xH32 см
+</t>
+  </si>
+  <si>
+    <t>5800000020170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D12xH14 см
+</t>
+  </si>
+  <si>
+    <t>5800000020169</t>
+  </si>
+  <si>
+    <t>5800000020168</t>
+  </si>
+  <si>
+    <t>5800000020167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), 31x20,5xH11,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020166</t>
+  </si>
+  <si>
+    <t>5800000020165</t>
+  </si>
+  <si>
+    <t>5800000020164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D20,5xH19 см - D13xH13 см, набор (3 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000020163</t>
+  </si>
+  <si>
+    <t>5800000020162</t>
+  </si>
+  <si>
+    <t>5800000020155</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D14xH13,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020154</t>
+  </si>
+  <si>
+    <t>5800000020153</t>
+  </si>
+  <si>
+    <t>5800000020152</t>
+  </si>
+  <si>
+    <t>5800000020151</t>
+  </si>
+  <si>
+    <t>5800000020147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D22,5xH21 см - D15,5xH15 см, набор (3 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000020146</t>
+  </si>
+  <si>
+    <t>5800000020145</t>
+  </si>
+  <si>
+    <t>5800000020144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), 17x16,5xH10,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020143</t>
+  </si>
+  <si>
+    <t>5800000020142</t>
+  </si>
+  <si>
+    <t>5800000020141</t>
+  </si>
+  <si>
+    <t>5800000020140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D20xH15,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020138</t>
+  </si>
+  <si>
+    <t>5800000020137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D12,5xH14 см
+</t>
+  </si>
+  <si>
+    <t>5800000020136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D19xH19,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000020135</t>
+  </si>
+  <si>
+    <t>5800000020134</t>
+  </si>
+  <si>
+    <t>5800000020133</t>
+  </si>
+  <si>
+    <t>5800000020132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Flow" (керамика), D11xH12 см
+</t>
+  </si>
+  <si>
+    <t>5800000020131</t>
+  </si>
+  <si>
+    <t>5800000020130</t>
+  </si>
+  <si>
+    <t>5800000020129</t>
+  </si>
+  <si>
+    <t>5800000019998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), D12,5xH13 см
+</t>
+  </si>
+  <si>
+    <t>5800000019997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), D23,5xH13 см
+</t>
+  </si>
+  <si>
+    <t>5800000019995</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), 34x14xH12 см
+</t>
+  </si>
+  <si>
+    <t>5800000019994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), 41x15xH13 см
+</t>
+  </si>
+  <si>
+    <t>5800000019993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), D21xH11 см
+</t>
+  </si>
+  <si>
+    <t>5800000019992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), D28xH12,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019991</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), D12,5xH16,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), D15xH20 см
+</t>
+  </si>
+  <si>
+    <t>5800000019989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), 30,5x19,5xH10 см
+</t>
+  </si>
+  <si>
+    <t>5800000019988</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо"Magnetic"  (керамика), 30,5x19,5xH10 см
+</t>
+  </si>
+  <si>
+    <t>5800000019987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Magnetic" (керамика), 22,5x13,5xH15 см
+</t>
+  </si>
+  <si>
+    <t>5800000019986</t>
+  </si>
+  <si>
+    <t>5800000019912</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Campanula" (керамика), D20,5xH9
+</t>
+  </si>
+  <si>
+    <t>5800000019911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Campanula" (керамика), D24,5xH11 см
+</t>
+  </si>
+  <si>
+    <t>5500019787324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Reverie" (керамика), D19xH9 см
+</t>
+  </si>
+  <si>
+    <t>5500019787322</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо "Reverie" (керамика), D18xH15 см
+</t>
+  </si>
+  <si>
+    <t>5800000019327</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Spikelet Grey Cylinder" (полистоун), D37xH75 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Spikelet Grey Cylinder" (полистоун), D37xH90 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Spikelet Dark grey Cylinder" (полистоун), D37xH75 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Spikelet Dark grey Cylinder" (полистоун), D37xH90 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019323</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Scuffs Gold Vase" (полистоун), D35xH65 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019322</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Scuffs Gold Vase" (полистоун), D38xH85 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffe Jar" (полистоун), D38xH42 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffe Jar" (полистоун), D45xH48 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffe Round" (полистоун), D32xH51 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffe Round" (полистоун), D34xH75 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000019316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Olive Ball" (полистоун), D32xH17 см
+</t>
+  </si>
+  <si>
+    <t>5800000019314</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Olive Oval" (полистоун), 40х20xH15 см
+</t>
+  </si>
+  <si>
+    <t>5800000019313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Ecru Oval" (полистоун), 40х20xH15 см
+</t>
+  </si>
+  <si>
+    <t>5800000019999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блюдо декоративное "Magnetic" (керамика), 42x12xH6 см
+</t>
+  </si>
+  <si>
+    <t>5800000019953</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блюдо декоративное "Нерине" (керамика), 16x15xH20 см
+</t>
+  </si>
+  <si>
+    <t>5800000019952</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блюдо декоративное "Нерине" (керамика), D20xH13 см
+</t>
+  </si>
+  <si>
+    <t>5800000019943</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чаша декоративная "Лимон" (керамика), D21xH10 см
+</t>
+  </si>
+  <si>
+    <t>5800000019916</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чаша декоративная "White wood" (керамика), D25xH11 см
+</t>
+  </si>
+  <si>
+    <t>5800000019915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чаша декоративная "White wood" (керамика), D19xH8,5 см
+</t>
+  </si>
+  <si>
+    <t>5800000019881</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цветок искусственный "Тюльпан", H18 см, набор (7 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000019880</t>
+  </si>
+  <si>
+    <t>5800000019879</t>
+  </si>
+  <si>
+    <t>5100000038966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ветка искусственная "Яблоня", H113 см
+</t>
+  </si>
+  <si>
+    <t>4650342410232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ветка искусственная "Верба", H115 см
+</t>
+  </si>
+  <si>
+    <t>5100000042702</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Подокарпус", H122 см, 4080 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Филодендрон Селлоум", H140 см, 18 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Филодендрон", H153 см, 64 листа
+</t>
+  </si>
+  <si>
+    <t>5100000042709</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Пальма Маджести", H118 см, 280 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Пальма Кентия", H183 см, 129 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042685</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Гортензия", H122 см, 451 лист
+</t>
+  </si>
+  <si>
+    <t>5100000042683</t>
+  </si>
+  <si>
+    <t>5100000038132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Фикус Лирата", H122 см, 57 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Фикус Лирата", H165 см, 45 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Фикус", H183 см, 705 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Фикус", H183 см, 1680 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038138</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Фикус", H244 см, 1410 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042693</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Аралия", H122 см, 819 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Бересклет японский", H80 см, 1386 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Драцена", H92 см, 379 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000042688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Кротон", H153 см, 388 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дерево искусственное в кашпо "Шефлера", H183 см, 1022 листа
+</t>
+  </si>
+  <si>
+    <t>5100000038119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Пальма Арека", H213 см, 739 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное в кашпо "Пальма Арека", H183 см, 593 листа
+</t>
+  </si>
+  <si>
+    <t>5100000038142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное ампельное "Плющ", H84 см, 166 листьев
+</t>
+  </si>
+  <si>
+    <t>5100000038144</t>
+  </si>
+  <si>
+    <t>5800000019894</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное ампельное "Амарант", H150 см
+</t>
+  </si>
+  <si>
+    <t>5800000019885</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Растение искусственное ампельное "Плющ", H170 см
+</t>
+  </si>
+  <si>
+    <t>5800000021575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка шляпная "Счастье это ты", D18xH18 см, D16xH16 см, набор (2 шт), без крышки
+</t>
+  </si>
+  <si>
+    <t>5800000021573</t>
+  </si>
+  <si>
+    <t>5800000021570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка шляпная "Люби", D18xH18 см, D16xH16 см, набор (2 шт), без крышки
+</t>
+  </si>
+  <si>
+    <t>5800000021569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка шляпная "От всего сердца", D18xH18 см, D16xH16 см, набор (2 шт), без крышки
+</t>
+  </si>
+  <si>
+    <t>5800000021568</t>
+  </si>
+  <si>
+    <t>5800000021567</t>
+  </si>
+  <si>
+    <t>5800000021566</t>
+  </si>
+  <si>
+    <t>5800000021565</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка шляпная "С 8 Марта", D18xH18 см, D16xH16 см, набор (2 шт), без крышки
+</t>
+  </si>
+  <si>
+    <t>5800000021564</t>
   </si>
   <si>
     <t>4620017087465</t>
   </si>
   <si>
     <t xml:space="preserve">Ель искусственная "Венская" (ПВХ,ПЭ), D108xH180 см
 </t>
   </si>
   <si>
-    <t>4640203815238</t>
-[...75 lines deleted...]
-    <t xml:space="preserve">Конус, 21xH80 см, набор (50 шт)
+    <t>5100000038301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Wave texture Grey" (файкостоун), D42xH36 см
+</t>
+  </si>
+  <si>
+    <t>5100000038290</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Root texture Boat" (файкостоун), 79x39xH26,5 см
+</t>
+  </si>
+  <si>
+    <t>5100000038310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Fishbone Fossil-wood Cylinder" (файкостоун), D22xH22 см
+</t>
+  </si>
+  <si>
+    <t>5100000038309</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Fishbone Fossil-wood Cylinder" (файкостоун), D30xH30 см
+</t>
+  </si>
+  <si>
+    <t>5100000038308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Fishbone Fossil-wood Cylinder" (файкостоун), D39xH39 см
+</t>
+  </si>
+  <si>
+    <t>5100000038306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Fishbone fossil wood Cube" (файкостоун), 33x33xH60 см
+</t>
+  </si>
+  <si>
+    <t>5800000020058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Gold Round" (полистоун), 65x34xH21 см
+</t>
+  </si>
+  <si>
+    <t>5800000020057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffee Cylinder" (полистоун), D40xH40 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffee Cylinder" (полистоун), D40xH60 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffee Cylinder" (полистоун), D40xH80 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffee Cylinder" (полистоун), D40xH100 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020053</t>
+  </si>
+  <si>
+    <t>5800000020052</t>
+  </si>
+  <si>
+    <t>5800000020051</t>
+  </si>
+  <si>
+    <t>5800000020050</t>
+  </si>
+  <si>
+    <t>5800000020049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Dark Gold Shell (полистоун), 22x22 см
+</t>
+  </si>
+  <si>
+    <t>5800000020048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Dark Silver Shell (полистоун), 22x22 см
+</t>
+  </si>
+  <si>
+    <t>5800000020047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffeу Round" (полистоун), D41xH50 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffee Vase" (полистоун), D35xH65 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Coffee Vase" (полистоун), D32xH49 см, с тех.горшком
+</t>
+  </si>
+  <si>
+    <t>5800000020044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Metallic Black Jar" (полистоун), D34xH18 см
+</t>
+  </si>
+  <si>
+    <t>5800000020042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кашпо Nobilis Marco "Mat Metallic Gold Ball" (полистоун), D49xH30 см
+</t>
+  </si>
+  <si>
+    <t>5800000019790</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленка матовая "Лак", 52x53 см, 85 mic, набор (20 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000019789</t>
+  </si>
+  <si>
+    <t>5800000019788</t>
+  </si>
+  <si>
+    <t>5800000019787</t>
+  </si>
+  <si>
+    <t>5800000019786</t>
+  </si>
+  <si>
+    <t>5800000019785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленка матовая "Love you", 52x53 см, 80 mic, набор (20 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000019784</t>
+  </si>
+  <si>
+    <t>5800000019783</t>
+  </si>
+  <si>
+    <t>5100000040756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленка прозрачная, 100 смx250 м, 35 mic
+</t>
+  </si>
+  <si>
+    <t>5100000040755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленка прозрачная, 100 смx100 м, 35 mic
+</t>
+  </si>
+  <si>
+    <t>5100000040754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленка прозрачная, 100 смx30 м, 35 mic
+</t>
+  </si>
+  <si>
+    <t>5100000039226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бумага крафт бурый, 58 смx10 м, 80 г/м2
+</t>
+  </si>
+  <si>
+    <t>5100000039223</t>
+  </si>
+  <si>
+    <t>5100000039222</t>
+  </si>
+  <si>
+    <t>5100000039221</t>
+  </si>
+  <si>
+    <t>4640203815689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка-кашпо "Трапеция", 9,5x9,5xH18 см
+</t>
+  </si>
+  <si>
+    <t>5500019550807</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сетка "Снег" (пластик), 50 смx4 ярд
+</t>
+  </si>
+  <si>
+    <t>4673746805398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Спрей для продления свежести и защиты срезанных цветов "Триумф", 500 мл
+</t>
+  </si>
+  <si>
+    <t>4673746805381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подкормка для развития срезанных цветов универсальная, 10 мл/1л, набор (1000 шт), Кристафлор
+</t>
+  </si>
+  <si>
+    <t>4620039635576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента атлас, 40 ммx25 ярд, набор (5 шт)
+</t>
+  </si>
+  <si>
+    <t>4620039635194</t>
+  </si>
+  <si>
+    <t>4620078337868</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента атлас, 50 ммx25 ярд, набор (4 шт)
+</t>
+  </si>
+  <si>
+    <t>4620039633664</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента атлас, 25 ммx25 ярд, набор (5 шт)
+</t>
+  </si>
+  <si>
+    <t>4620036327078</t>
+  </si>
+  <si>
+    <t>4630085025122</t>
+  </si>
+  <si>
+    <t>4620036327030</t>
+  </si>
+  <si>
+    <t>4630085025115</t>
+  </si>
+  <si>
+    <t>4620036326491</t>
+  </si>
+  <si>
+    <t>4630085025108</t>
+  </si>
+  <si>
+    <t>4620036325234</t>
+  </si>
+  <si>
+    <t>4610032064909</t>
+  </si>
+  <si>
+    <t>4610032064879</t>
+  </si>
+  <si>
+    <t>4610032064237</t>
+  </si>
+  <si>
+    <t>5800000019550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента атлас, 15 ммx25 ярд, набор (10 шт)
+</t>
+  </si>
+  <si>
+    <t>4610032064190</t>
+  </si>
+  <si>
+    <t>4630085027430</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента органза, 40 ммx10 ярд, на леске
+</t>
+  </si>
+  <si>
+    <t>4630085027133</t>
+  </si>
+  <si>
+    <t>5800000019563</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента органза, 25 ммx25 ярд
+</t>
+  </si>
+  <si>
+    <t>4620054588147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента декоративная (бархат), 25 ммx10 ярд
+</t>
+  </si>
+  <si>
+    <t>4620054588116</t>
+  </si>
+  <si>
+    <t>4620054584989</t>
+  </si>
+  <si>
+    <t>4620054584941</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента декоративная "Репсовая", 25 ммx25 ярд
+</t>
+  </si>
+  <si>
+    <t>4620054584910</t>
+  </si>
+  <si>
+    <t>4620054584712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента декоративная (бархат), 12 ммx10 ярд
+</t>
+  </si>
+  <si>
+    <t>4620054584682</t>
+  </si>
+  <si>
+    <t>4620054584644</t>
+  </si>
+  <si>
+    <t>4620054584552</t>
+  </si>
+  <si>
+    <t>4620054584460</t>
+  </si>
+  <si>
+    <t>4620054584439</t>
+  </si>
+  <si>
+    <t>4620054584422</t>
+  </si>
+  <si>
+    <t>4620039637495</t>
+  </si>
+  <si>
+    <t>4620039636047</t>
+  </si>
+  <si>
+    <t>4620039636030</t>
+  </si>
+  <si>
+    <t>4610032064169</t>
+  </si>
+  <si>
+    <t>4610032063940</t>
+  </si>
+  <si>
+    <t>4610032063902</t>
+  </si>
+  <si>
+    <t>5800000019839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента декоративная "Кружево", 40 ммx25 ярд
+</t>
+  </si>
+  <si>
+    <t>5800000019838</t>
+  </si>
+  <si>
+    <t>5500019286755</t>
+  </si>
+  <si>
+    <t>5500019286754</t>
+  </si>
+  <si>
+    <t>5500019286753</t>
+  </si>
+  <si>
+    <t>5500019286752</t>
+  </si>
+  <si>
+    <t>4680594185817</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента полипропилен, 20 ммx100 ярд
+</t>
+  </si>
+  <si>
+    <t>5800000021578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), 27x21xH9/26 см
+</t>
+  </si>
+  <si>
+    <t>5800000021577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), 33x26xH11/31 см
+</t>
+  </si>
+  <si>
+    <t>5800000021120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), D38xH14/40 см - D22xH10/26 см, набор (4 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000021119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), 50x40xH20/45 см - 32x21xH13/30 см, набор (4 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000021118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), D38xH16/40 см - D28xH12/29 см, набор (3 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000021113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), D20xH26 см
+</t>
+  </si>
+  <si>
+    <t>5800000021112</t>
+  </si>
+  <si>
+    <t>5800000021107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная "Кант" (ива), 28x18xH22 см
+</t>
+  </si>
+  <si>
+    <t>5800000021106</t>
+  </si>
+  <si>
+    <t>5800000021105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), 24x18xH20 см
+</t>
+  </si>
+  <si>
+    <t>5800000021104</t>
+  </si>
+  <si>
+    <t>5800000021103</t>
+  </si>
+  <si>
+    <t>5800000021102</t>
+  </si>
+  <si>
+    <t>5800000021101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), 30x25xH12 см
+</t>
+  </si>
+  <si>
+    <t>5800000021100</t>
+  </si>
+  <si>
+    <t>5800000021099</t>
+  </si>
+  <si>
+    <t>5800000021098</t>
+  </si>
+  <si>
+    <t>5800000021091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), D46xH20/57 см - D30xH14/39 см, набор (3 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000021083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная (ива), D33xH13/36 см - D22xH10/26 см, набор (3 шт)
+</t>
+  </si>
+  <si>
+    <t>5800000021116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная "Кант" (дерево), 16x14xH23 см
+</t>
+  </si>
+  <si>
+    <t>5800000021115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная "Кант" (дерево), 19x17xH25 см
+</t>
+  </si>
+  <si>
+    <t>5800000021114</t>
+  </si>
+  <si>
+    <t>5800000021111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная "Кант" (дерево), D12xH25 см
+</t>
+  </si>
+  <si>
+    <t>5800000021110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная "Кант" (дерево), 20x16xH28 см
+</t>
+  </si>
+  <si>
+    <t>5800000021109</t>
+  </si>
+  <si>
+    <t>5800000021108</t>
+  </si>
+  <si>
+    <t>5800000021097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корзина плетеная "Кант" (дерево), 13x13xH24 см
+</t>
+  </si>
+  <si>
+    <t>5800000021096</t>
+  </si>
+  <si>
+    <t>5800000021095</t>
+  </si>
+  <si>
+    <t>4650398023608</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пакет подарочный (бумага), 20x9xH28 см, набор (12 шт), с бантом
+</t>
+  </si>
+  <si>
+    <t>4650342415985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ветка ивы извилистой, H210-230 см
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;₽&quot;"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -954,3702 +2250,10662 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3gf5ysxw9al42ggc2hp6mh58fr15o1gr2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/va14qsrn8nw62r6wzwy90t19avasxl8d3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sc17cjzy21u2pjax7l1tzvyg8ym14wgi4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9k3zdif8qs5vkz7czihs153wdl1it55z5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b24nv7qb10tn14k8zlmc03oazgdz3r0j6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c3qde2cv0gw2slmcdkkxdnbx3pza237.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/m9kcxqk33jchjhuug7sgaoiujbndchye8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/uwbqor3gyaxy365xsqlk52lwf28nhswn9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wrpjkq4th0yomujgmm8bz19355da2ao910.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kbgza91528yrkolqihke5b1gnx7jil3b11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f2hskz3ccmrqzhhkrm26vr8ovlcpnee12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hhkpy67pefhk006if2q61gv40985jy8u13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/i0vb6a5z6fnzzl7td3jozavi6l8ixsd814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nxney9bhmvwa6f5lj280rkh7uomdsj5715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4v7kuzs2ims61xkhm1293dwkwtk1bqp916.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pxtdmw1z8u4xkzwiu4x67ta19lmy3ewv17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sws3ps5n2cy7mknsy7f126pk98b8ilfe18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xh6k6vxtjmwiyigdcx3h7u64mye9dr5z19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z7xowknciq84kx7k1w1ailqhx4ta6wip20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29zerdnknohib2cm8ebkiwpth0y68oz21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mnzp7xcnu523tsx64cjsclu3h2306ok622.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcgsql02hpf2txdzoeem8hmwfm7mtisn23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6pgiekeyxn1riw4w14a329olmlulwqy24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lu2tsz9y6nfcy7bjl5qyqd9m5cyheq7c25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01nr81cx81zuwkk1z4vjoi5ll9g5z6r826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7o9w6l7wn73mbdwn17m6a289zz89ct0627.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0tmhplp7dl8za0mhufnsucbysv9ez07m28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dge00zc6zs3jxqljjb5ror18znto9lfp29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iqjmg7m1tu0zrw17adtba0f5ob5ul0xj30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xlyufy25cuzta9yh20gyqwgexa1b4fw231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z0d88inruenmn8n6t719hludxqg6fmbi32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5zuxjq1inhkeoa3cao8pd6sv64bachaa33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dk2a89ir7unvrw322v2nw5feo0hnz39v34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/qdj0jjqn5obv1xleygg2g0eip6prp5td35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325jvz364c5germnxvkj1w13tkfbkfb136.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wx4xj4me6g1pw1y6cemnn60b21v8tjpq37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ytkvh53x7fle6socmvljcw76jooflqg238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ghnmpotxm4o63lyryemb3trukb934hwc39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c96fxf48b48vn1l4lcc96epwze6c17hk40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gogdjd68yllj1ub77584ce196xd450u241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9sxedl72cu432evaxxrednx5dv0b6avq42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x7v58jltoojphu2faigr7ndgz26a31o743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ht9uju5l7ypnflbp0vmrgujlt4fy21br44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mfrk3u4r3ylk57maez34a1omx0n31xav45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zltr9pinagfongr6mj99dueaz8ajlz1z46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dj8l2p5400zykpf09bf4kin548qm4he347.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o5sf0zigo59b6thf2a1tghbmff5gangc48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dzhxrqszinj77sl6h909of03nn872g1g49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/plhdl4suymbqjfy3e9timgtbv2wxdi3b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ormrvu4t5ky13n5ye4ucxz6c2z90e151.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wpt21d5rxpxcv5uvwrndvupk73s63jch52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32u8tkku3xgos9oaoe8xwu3i1gu79cnz53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d87g21goenrmon9zxk4bxx7cxl9n9fhw54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lc2vn41gv3ox93lko6psxjr4i9mluucn55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lp8kywavn0y6hw31f4ru39o8sfab2ojv56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6vyi69ec82e07qvtn1xejaewefvuu2pj57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7rnmojc72couq1mey6d05fxe8hmv7jy58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p2vyo559ozl70rkgqpy8imm7tenmjh6859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/q30ow90td94r75dpguejk3v9u51q9v0760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5h19sup6344gx19jd690xk0r73ix5eyk61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kwp17vo3iu0ormqrlzuq2woxjxv3rx8h62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z3rpjbyqc53fihhlyo9uu3huimse0w4t63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dga0jz4knbdlulzsl4hz29280bxd08g64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www65.www"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www66.www"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5i997ni9jggwq43jazdel7wutocv8hgy67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www68.www"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www69.www"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www70.www"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www71.www"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/g55emvd9un3716u08tn6gx0ywulchf1i72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdgm8rmkdfmxt0b81wf7d1ygn3upncp73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebqd191c16zr1sijiw41fu1zjje2d8pv74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792wc5zp47mtnk1yi5427n8xnk271o6p75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdiyw5qvkrf3b4fgtz64axewfoi1gble76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yn9bq4jhlfa6gx541lx4x4xl67p87h0h77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ontorp8dnapchgmvwguq8rcumipgjjpd78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3q8b86s64edn6ny8558zrnqvy1mvzap979.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aj9lf0ymw0kuv8ghs6w13zqy9ttf8hm180.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ph7l1694tv7h8u6172de28isac3b831r81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l7jruof9r1yt23mngbipq61z86lzbu5r82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5nm9bjmft59gmfvbd7w9b193gmsdqrxh83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fir5t9q1m84berns472fv271wmhoorv84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pr6m8whnae536e84r80kf3bihtei281h85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8gdkp4z8m1t1q9mobhc6t7vbgpi1s69l86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6s6uyiao1qs84lafvkwylzy9h7zf8hn887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nxe91grq3z2qxr5rz2w27p3l4rn2x1uo88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9puobysrm6x4bg0t52c6yjwb267bnhc89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16yb6vvqd9tsn86tvyioj1nm0xfowywl90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78tm3phw6kdej0iq4rj0e068wdi44pmi91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www92.www"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kll7rwx3u2lyzur4bpbwpx22yfhfwig293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/py83w3tsmnchl5cbux2l7nsmmm1y452p94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786rgnj1alzwwzg6mti3wyj3katmdmzk95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cterxomgogca6epjtzc0wkq2jh5ti2lg96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pnl38ms32my847fdebyal6sdup0c2kzq97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014x0nth6v3h55sho0fkej5k60usm1ju98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ehpes1o05zdt5nz76a3wxy0cdqbhyfr499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4unzwzbb4kwwk20cko0t536fdlle35a8100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h6gb42c4d5npn7bfwrvr9drigzqbyr5e101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hgz1rcnzv2js2g41eb2zn8b3gtpie2un102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0zmd0gt9j7begh2zqaidz69gt6d08jau103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sfzuypuh6kw272mosox0zmwkx9viqfns104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p2r1q1x03std066yz7x0bbm20no3brxn105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www106.www"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/h4m5148gmge8hf0awpjxrf7cifari0pw107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3v46d8w672x2rvn5mnsoznj85oviw68w108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www109.www"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pz7nj16xmuojfc11bzgluz221yj1lm21110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z45179sm2t9qpj1b42f2hln8xckeafg8111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/atly1rlp2awbn53r4iqujmp3cjutvknj112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6yp5yxy5d379g919d03m1hc8r2kwnaew113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fax6m8p3tz9zh6jhe4b7rilhfwbiysjf114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82lqiycgt43k0ly243ypsbowznw9jlxp115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3l4erxaofmaqokkw8smoxguvhb3hs0ud116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6if7p5393ecqyjyaoo05y9wmjq976fil117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ximc1c24b6pfip2rq29sqlfg0wyhijhg118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r8vcp1c74yfi91vh302pxaadg2lmx1iu119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jds6mzrx1ffxugiyxa5bl05mrhlulnx0120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5142j1ntd0e0u3a4d38s3vajp83agwcx121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www122.www"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www2.www"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www3.www"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vvnuo18rf2t0r8xu7f334q4g1yszjh7o4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yi28k50myb679vqr9xa0atbzmk997rdd5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ge4da80lsm8namja8ib91s6gdo77iemm6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s9h9w0upg1jn5fots5sadfjxerq9l2k17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/pnf4ow5s81zdgrt5b63h3bmilf2u62808.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r18ojbq03isrhy90rhz34ofqoh55gkrn9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/py15u2cj0vs2604t4w2qg7c3u1115byd10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ivu1yxc2zvpktihgu41eb8irm0ljkhna11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ihmxxrlgbpufu8eys6o1hfo9opkxatpj12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l7cb3skenokyrh3hhfa9yya5i2v7o1h113.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vnhj4eb6rx83j3jde5uzcbqcuj0qfx0414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n44l175xla56uew87ofs4rjuxc27nytm15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21403erydz14ol8ym0fli9npwxfa0gs16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vlw8m1rx7c5454gcz4y0b25w48dg2sjs17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hrslje83qea4dupud9x298asqzol49ta18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mdytt2vc6ns72q2dwiyh7p8jrq1syvc719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vldcbdtboa9izklreyjbhkwvamylq09n20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yi0cnusn3r2a0baduaggscgww9i2h6qt21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7v0evf0tjwlt0e1og0rd9bqzipwkgkdi22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oen4zvquxh708od1iektfa04midlbeyv23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5u44gpwcwmot568drgdg1mn5l44z37924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gvaadjhv7blpvykuop51me2x8rs4cx7y25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/qml1n51o9ijtvdzfpevcd409nm28eykp26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mrjififqn5dllszip7amyubfzajoju6y27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z1p17y2gstv9na3t2tf90czwxpyudhxs28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v4mwon1sxdcs2ld5jfd99yi3pb8kem2u29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54rgk8bemq1tmb5pxsok2q8r94ttlyet30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ysqqodv0n880a4umywbehj9zmufyku31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6blxqz0by26sg7rbi1gkit59azwneskk32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21dhp0vadlne1ojbsinx7927f8d8lao533.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ukg740l1kd5howelimp5rv0c3bzukw3f34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0sku822apj2dku1p6w7rukzj81kg0bc835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/kvhpp597a2ivflpl0hjugp93m4ucy33p36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/x2p69rwp3jx90jwtug3n7q350rervu1k37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08sqqphnyfg43d2u59gvyvwz6iq2mf4w38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/i30w50hfcaas7rm673t8hkx7398nbc8f39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/hz1mxorm0bnk32w08fkoorq2nii7m1ai40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/sj68jqbsj3h75z47ch2rbnzhsa0icoyn41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86egy68b1ckeyw8gpfpo7to2lqpznmlj42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rz1mo4190hjulnd07sxzy855et270yu743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0zuzcz885mt3vt2zeyobhrb7hig2wueh44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83ens72oog3vqpeiiy3h1nwwegzjrx345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91mdtwk3ay3230t07x6fsv3vjz5j5l5u46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ecyhad7bto0ytzg4yryu0th29shpjh47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nknyq664n1jrbtwnzy4ftvkn2ylz5r8f48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iq9pq93sankkcts68gy6uyie1vwadah849.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zqxxh3odg3o2mrq2jx0fsm4g53nz8j1q50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v5utx9wnohg0e3lujfupqkqerkjpwgzk51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/io3tdwl6bny1ngaa3dyxv8bjg8ymh91252.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/z1k1n6uq0dv5d90o7vuzh5931dfmjnym53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/i7hzo91mqe5epvkfo8qlc9l4mc0718f354.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7faghpl9ik9231vkumi8wrmdbqchqsjf55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dwagxbhlfqtv22nv86a8y3fyplt7wr156.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1eti6m9bcknc09hxygvjyj8d7fd3geu57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6sep2b5kflf823rn7jqig5kapt4jan3g58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3deqxcnel6rilo7rq7o1xu944ppxp6x59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mxwz8zv6jgu46604rlm1l1gd0h17yx9o60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/w6w0mdqqeuwa804nz42zrd57cvjs05om61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd588b2xy430qs11swkejtqvcz4c9ztg62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nem6nxqcox9z60tyte8gm5nel65ochyx63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vvzbtqvwqrwe9xtousg4ri18mcg48zrb64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gs53ixti0vvym6qesifqc7z4016wsvf465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ynmmik58xm9ss2yue83pns413a5qtzp66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v092lxz28dupeia5tric37vhj2hgam0c67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/osy69wsvwbgillavcbnn370xn00lj5th68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zbm6332u08qalvjpcv4gdv6i3aej5uep69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9my0421owp6pc3bwpmybg2e0eyj7lm1970.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b33j7uh017t5o51pycqjo462y67eqmb71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3vreu05z1btcv17cy3ezhppjwhbfclwt72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www73.www"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www74.www"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www75.www"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www76.www"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www77.www"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www78.www"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jhgafj1b9aeo01ksnq87057ckxkv7xw779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ngadu91ddgdvt9g3wdh0gmnr2fdq2380.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cu6u04joc78tqzbdj8ksqgt030or53bg81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbg16dxz7rovtt6z4zc0wo5j1z4gegsl82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xotl1dia4uk3cklgbat2yvh6k6zn7gsa83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2h58yd2xoge00578x70tjcv9zwwg19iq84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/olgowl2f6adgl0khxnu7yig6s9fglcd485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/j0xqmy4r4i99pk0g8v2bvtcml7mst8tr86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zpwpkvc1vhv0cbjzsdkiqj0ydpf3buru87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oow7c57zlyexhyz0k1so4wxpz9bppm8t88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcm39co8t8wma2qnns8anmrjg83x50da89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iyfzq00bfx2wf62zjp84miscmbfpqb1p90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xoqaleywztgg1npdaxmjaiuymj0u5xo991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v92wurxekpb49o7v3ge5aiihn4y5cip892.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0balvwxgh055cq7bm5xv7hlbp5ooy8xz93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cmvk6ecbzmg1fcfqlo5bh6won6jwrdgq94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66kj70of67jscaa32e5no1rc21qhab7495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabsp32k0j590xs4udpxesv7w9gs0g0p96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ers4j3fjmkco6o1387zmaq34l49fx0s97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zbasspnvh77i74sspdzftt8juyc4rl4998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615s1l0jp82petya9xd835qcssb4sexk99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8je37xohhegu36c3wfcnfhpyrjyad4ru100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ieyyso8agme1m2pe85mwait47ahdyclz101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jplpt1k8c86102vqo04uhyirtn0uh9zc102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78ju8sn0dl1luzkwkoqk9dciu36p9o8z103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bsy30mefux76lqbrpitnvoxifjz38zdb104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/btqkk7r4hccjrpto0dpwbc15cjop1zm5105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ouggfafwpqpk0kybwa88f4b769vr3jw106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s71s7vule33xqyke3ilhgr9pyffj7hzp107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s6k15n9fxd6br62f4fy5fikzbu7lw5gy108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/iqokgoeaxa980c5o47ev6vo1urrfppf7109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/rdtmvbzo7opdm3ztn9sk0v8h2zmoqdcu110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/akut5uw8ksdkopne0x45fo686czlfgve111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32wrc3uxczebellxc2i0p999hk12rcv2112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/k3b2z3uov6y84p0o7r9v30fbx5jdkgc1113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zea8nvnv4xku7wenfdfci8uls39m3vvv114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7swxfyniyvoh4ppu4rid2pq8zln4g3ft115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2oaoiiilsisoqd4zx97zdiixktn0of2a116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/q6xtm31cvzcvqy9wd6dc4173pfyibi9h117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0deb34e7f2ni19lacglsaii3gvgwr60o118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/xdltp0ovfepw38qvazypjuq8hcgvxqfu119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ilddtn0hdffxk51q4mvppgi91hqylugb120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r5xkrs3ym038d94l8iz9amz9k43b8gmt121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ej6xp8bfcglpq1hegoajxfjdv8uit9n6122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jc91h7ocqvgn1alkqjqkodql9p50iwu7123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/p3v3gra76dh883y95eionvgeiok7nsh1124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9qtddjxsz9wmgfmv17oloy0c6jooy6z3125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8pfoz2rkrzq48aw8htxu72kbszp5yi3o126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wuz9puog267ftnznyotvlcva7grn203m127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2wa564tk8267trvuu3jd242zvpttg8fa128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zlwvxz5gw0z081glk2v657aqgbdiseim129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/u2og6wginj5183jpg8esgn6lfeaz1wci130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wr7oyxbxv0vbjfa71u2xglztj3uzh0fr131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ajwb520igzpx8l9xd2r7pzwa8j5821en132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vg8z8pb2267w0dy9h98zf92hzkx4y1u0133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/qfy1l0d9ou9otbk86z94ryqvu0ovd7nf134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdiajfxxf40o1etv8upwvs451v5e4vdf135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ziu7kdfpvv8gkqcv5bnf81lnflgcio4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/natv5z5nck6grxawq0oxe7b20tl09nu7137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76ej99w5uyzf27mfucxaku31suxt0j9138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/nqlcdihaqweeuaqzykqcx1wrq1h0re34139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2om42zhupe0k68560opwsmwh9otl2xl7140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gocv9eeuf7qx97xapngd5c2xe1vhtnw9141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4co6td8i8pcrrnsnkoeqedfc2wcjgs92142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/q7fggdaxkcal39kqd52q3y1z1e5371hu143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gwdss4oklf50njoeu061kxj5ox9jxn4q144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108v6xnrfc7a1qqc8kkqd6fxsv5c7a8z145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lx8ncyl1mtjgj1x4309k51hn5xxmt712146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oawcw4a0xun7gadyo961a7dev2eu1r1w147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ggtaj9xvkuv4tz0u7dzejh2nye0j1yb148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/i3d9y65ydd3vot1t9sm0j6n96nsieggt149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1sa0941ur7r3d9jb0ic5u1e2xswzaxwq150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/goyn19ntozmi1raopk0km8h10tenkmes151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e65riyjgi3zlhz6c5su2qxca3zcylig152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2w9gq3shu9m115wlpegobmg0zgq2zyb153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9h0zew32x39ujj90sn2x82zxqfsil9w4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r012e0o4eiez53eb45zafnknld469thx155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dqjhdt324lyqy5p22oqoyqrcehoi9s5156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9spfb0vuxf91s9pl8vi4dmbs3g8063v157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5w9i1hnq8j6vbp3tydr7rc4ds7i53ud9158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35ercocztvuxcvph2ujmqc7c1sx0pnjk159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2xzbqylp73fb19r9322g7e65qoabeimy160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7nouetke8p92dm60kvg2bhziwywtqn6z161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mdz7mapb71pu74b30ip1nxzcm52nna31162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jfm6kmlqssagr949zbhgtosq0v3cq3hr163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1nww3tj0hslw0d4qwn0laudi10ax70in164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2gt55utw1fi7q347prx38cqosxu49bgq165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/reufcv0adlq7qp132etmptb5ztd2fi27166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ld24hzzpt0mq3nzig0e3g4dvq5a46hlm167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v6e2e0oalzno7xcp4k4irid5kmcsf1qn168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20qtlsd41w2v1aqbvf1tn8mh596lvnwc169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1koc7zh5u92b89lyilfdf9jwmj4671fq170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7oszsj487b12oe1ojoek5vvzeo9i6byb171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cwffped383gryztv3mziu6rl6dot122j172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18brznj1gzkm33wyjevjbgnla81bu98n173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62ll472awqpwde8pv2n28aa5pqztwlx174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/qcjpm6qmq0bhlxmsbbz5diqowp4tr3td175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oibb0pd2n6ey0vowytnea72eem7styyw176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/o5qytc49uds2d24ni0mg7p296lq5r3jo177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t1k2ldas13a4c8lks2vlyoumy11ukg7s178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71fp8xe12w1rgcgiu1zfvo8oyx865xn1179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ts3a3ne0ya6uhqy68rbqja1frrb2yx9c180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n6iw9wyh5wvelgvnuu9ee8v3ikyfu7af181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www182.www"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www183.www"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www184.www"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www185.www"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www186.www"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www187.www"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www188.www"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www189.www"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www190.www"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www191.www"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www192.www"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www193.www"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www194.www"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dh7ajvpzn8de2n27a2jp7b49i2ud40i6195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mu4woqfilic4mndu0fg89lr193ev2rpa196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6kr0eppjbr3ckgtw6z77d0jnr1no6jr1197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/l8kojajihrynwrfsmdce6qp8mb73h5v5198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ik1y8gcs7l9v5ui56a2n1shg79bmad5199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2r53nwc6uddx9rxkqbokk61fm2pvrboi200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/v7c242bd81kztyvqssu9s4jexng2d563201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1lhbyowir043qja5cyx0303pkacclixv202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/s33fyhl5h56di7y4hx1srze0jqi6o177203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d3qdbk0yb09vr0g2kd4hi52qisb5kg204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t7ikjtnc01ykxhn2zdzcgkebypcbzmru205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7ohwbk0idflepw2jhb6caf3s1znp5r206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gewj5loztdw1tzqocerufyjakgi3znxm207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/llel5h6rljmb5rehdpm1d7ry16cip98r208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fphsdl2euifsdw4lhzxtbc1o1jl53dks209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abt9wxh7i5jvonqkbheqlspkbyiswdwp210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9r3qkwrc8jz466vhyxucd5kz8b0qbh9d211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ldr5zz298ruvohg382zf1rj16kjcwxpm212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2svk62wz9s4t9diu2h9x29atexs3lgxr213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/yfndv5mptetbm35xx0azspokz0b0xx1o214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ci5ktnagx8e3apd1n4bvwdcqs6ejq1215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/122115htixs21q15bib1v24ss5ygjeu1216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dm7zzkm0dtwazt1pz9do5uyzwn0tfsvs217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fmo5hr1yjjrxjon758k2y5f8b6q0ynov218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5025j0063y1gimk71nnkfcws2bjcayap219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85h9mvjm1joat2t3val2c7ipihmfslou220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/m0z5v3xg5ejojqdscd4lgo2g2h6ux4pw221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0mtls9y6zy60qdk2ovwk2utrth1axhs0222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5728tb3q54ei7b0vpnlpkkfcjqc6rnde223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bsjxafy6qdhmu5716jehdoej8fh4c5fg224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da77xago1xtpda18fk6foqggor3ngrx225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9vdct213oz1tp7tztgolt2f2n8sv91g226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99dgqy71hakila5kw7v3k1zl5pxzxvi227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4lfn9vpy9kdwsvmo9a7uslpqmo5be0jw228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ndx0rg8q681elo30516cgd16kzgz5us229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5pu67w28o6aaroc454dhicnjbtjdvv9x230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t15yaua8714d569hw6hyea026kdebjkm231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9kkz4g3ew9jisw9otjrh44lu1lnp9kxp232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8auylriwsoncbvvl40izrlrr19i24f97233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/qx3p20wh176d4s37hbe8k3f0wtbrlt0i234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fsdil8pokvibmt1xazep17x7kj9qeqha235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cnn50nrqwyyr523sl475ujpcpg4r535x236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bmn5bqpva6qzwrky8vkmm5zzpc1seb1237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/et2w9ple6zr2qbbgeq7q76av1ote69jw238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dkpf0nqcyszw6md3zi3t8p0zww0by7bq239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4g5sshbn7kf1ng6vb2ighpl3tni08g8240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46zbqg2vjaald8ahdto30w9wmz5s5euo241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13gudrhwsi4q28r25fs9wk00v4lxhbya242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7lfdlsvbafvikf20oli3qhtdkl639mnh243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/tcg98hgoyvdb3e4vmi71a2yqs00sdial244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www245.www"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www246.www"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www247.www"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www248.www"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www249.www"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www250.www"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www251.www"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www252.www"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www253.www"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www254.www"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www255.www"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www256.www"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www257.www"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www258.www"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www259.www"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www260.www"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/thoh857rz174d29sgvtk34lzyacef40d261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vebvy9ghihpz7o7cm3rxt5up2ep2ga2y262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6jp65rmxj4yn8f5j05bio1om2xymoff263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mh7cosx4gz2eoux8eg1e9xj6aennrhz0264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c73ysnjt6nlb4z12luxdn0w4lbsswvu265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gfsmjm69rbol8cmmndabj3ht50e57uh2266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mqgiizohb7ul26b82y9wj0g376a0z2x9267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ytl4toa5pdrrsug17sd7q3svxeht66ga268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/jhat89cykak5bpjjw8ipm1o7wg3i3icb269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ekv3dce7t2mfek8cgmoy4xf12uedn5xh270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/upu083428brpm3eaq0l5tn5yiy8yozp1271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ta42zpvcigm4o6jiobcjpgaj6017ah23272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a17zy3ha8sv4uh3zdic9stk244vbvy273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ww6tvycpq35rycjvm22dnpjky2ju425274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089ez6elgil9f9oac2b0uh134unlpc9p275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5jjx6jzu25alzs5nuooc4pezq4phwajz276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/imdr0atsa3yh475cgol68q5l6aebztcn277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2xmujyusmg87v34cl0w8stxvby5qdsgx278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/udrnxxcw298nsto5w3f84bk6wyreqt9x279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1wubxfkyygxblrb41etox2oopaeissg280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fo1rk7vyd43mpaahp461x3u2lvhupdrb281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13y1n5y4uj4ljt7u53qp1d36i053b2f282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/peqea1b5a8qvekw1yxgso2xqzt5eu2e5283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ftkwjxl6iflvrwpbv2sjmba65kprytss284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9g83bl1ax3k9h63g5j95b5w64gkxf5a285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ftdy0z7zxb9i6hjvlcpgkyjsptxc9yqv286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n1tcsm34xglg1qlczcf1t86oznecxypl287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r6on9a89whvaernnnfugrn13fecwvpxz288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ihub09oo2gumn4jd9r0vsuz7nbz3z6q8289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/oo66mbml78060hiv73hbtotj2zaoyi5j290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vb1a4cqq1qln9s0ebfecearu1bvk4ft2291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/vj3lo28eqcx9n831c92a8zr0t752cg43292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wox1wthi0zqb8lwi8psdg21nfme3nnof293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6l68wo9m8ki7rojploas7yib4b62hs65294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/m4dnvpq7tff2d5xodev3ymwf12nk7gzt295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0sjf4h8felb3c9ue09xuazm274xblbaf296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fi1emq6s42txatsr52mc0q4cd635dffg297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a9jqj8f8uoj55eatuybkm8t4hn8v004298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7kdm0uzeyxtrzx1kz7jlbzn20udlb5ct299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/m9xg48myalt9ym1xekvo2tcqe651dlbm300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0v5p6exsgh5ym3i225hyl25ktz8s81yl301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r4wpyu5vko1nl6qkm6y0072igjjjp6pm302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/n9a27v79dc662zq0ztc141srlsv94qfx303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5scz2vohexqyk8ej98wo5pjmh0nejo304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2otc7usu1fc3m0a2gm10ueltpdgfua1h305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/td39qpew4wgla1lh2em766mq5qky0kch306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/uf58fc3uut1dvg7o8npzdikeo4ywap09307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www308.www"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www309.www"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3as20utttabvt30amzause3lm47xqz7d310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f3l11t23u73p1sabxudf96e2k7z22us311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bs2vs8dcy13gjvyoshprzk1f49asix312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9re3sizt8yhdjgk2dcj3iqc8qs5k412u313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ry0bcw80h407ns9m086gzrwyp04bixd314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9imm6qdd4kdb20w7od7pstsag8g6gqmy315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/wm0aowl9uvreemav26g50mv3rg7y8i25316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www317.www"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www318.www"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/k526wobgiea0grjnrwoc9pkcd233460w319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/gp0dmg1ch5grwglip211pz6y6kll1btn320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6iqjbaxzsx7j642j8selft9tsuuumou321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/r1up1r4sqqbtvm87j1plzmog7t2zat9n322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fv81870v026yvhvntxt91gx4x31zlxs9323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www324.www"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www325.www"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www326.www"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www327.www"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www328.www"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www329.www"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www330.www"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www331.www"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www332.www"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www333.www"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www334.www"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www335.www"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www336.www"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www337.www"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www338.www"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www339.www"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www340.www"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www341.www"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www342.www"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www343.www"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www344.www"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www345.www"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www346.www"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www347.www"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www348.www"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www349.www"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www350.www"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www351.www"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www352.www"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/t42evs6kvs0di1oty6bp5sj6kazropl0353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/www354.www"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3019425" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рисунок 5" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Елочная игрушка &amp;quot;Телефон&amp;quot; (стекло), 10x7xH10 см (10см x 7см, H-10см, Красный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Елочная игрушка &amp;quot;Сосулька&amp;quot; (акрил), H15 см, набор (16 шт) (H-15см, Прозрачный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Ваза &amp;quot;Column&amp;quot; (керамика), D8xH24,5 см (H-24,5см, D-8см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Ваза &amp;quot;Oliva&amp;quot; (керамика), D15,5xH21,5 см (H-21,5см, D-15,5см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Ваза &amp;quot;Кувшин&amp;quot; (керамика), D13xH22 см (H-22см, D-13см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="647700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Ваза &amp;quot;Кувшин&amp;quot; (керамика), D11xH22,5 см (H-22,5см, D-11см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Ваза &amp;quot;Tulip&amp;quot; (керамика), D14xH17,5 см (H-17,5см, D-14см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Ваза &amp;quot;Tulip&amp;quot; (керамика), D18xH23 см (H-23см, D-18см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Ваза &amp;quot;Клубника&amp;quot; (керамика), D24xH32 см (H-32см, D-24см, Красный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Ваза &amp;quot;Magnetic&amp;quot; (керамика), D21xH25 см (H-25см, D-21см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Ваза &amp;quot;Tulip&amp;quot; (керамика), D12,5xH17,5 см (H-18см, D-13см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Ваза &amp;quot;Tulip&amp;quot; (керамика), D11xH19,5 см (H-20см, D-11см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D20xH30 см (H-30см, D-20см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D20xH20 см (H-20см, D-20см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D25xH46 см (H-46см, D-25см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Елочная игрушка &amp;quot;Тюльпан&amp;quot; (стекло), 7x7xH12 см (7см x 7см, H-12см, Розовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>10</xdr:row>
+        <xdr:cNvPr id="17" name="Ваза &amp;quot;Шинуазри Королевский синий&amp;quot; (керамика), D19xH24 см (H-24см, D-19см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Елочная игрушка &amp;quot;Шар&amp;quot; (стекло), D12 см (D-12см, Сиреневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>11</xdr:row>
+        <xdr:cNvPr id="18" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D24xH30 см (H-30см, D-24см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D21xH38 см (H-38см, D-21см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Елочная игрушка &amp;quot;Шар&amp;quot; (стекло), D10 см (D-10см, Сиреневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>12</xdr:row>
+        <xdr:cNvPr id="20" name="Ваза &amp;quot;Шинуазри Королевский синий&amp;quot; (керамика), D20xH47 см (H-47см, D-20см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Елочная игрушка &amp;quot;Шар&amp;quot; (стекло), D7,5 см (D-7,5см, Сиреневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>13</xdr:row>
+        <xdr:cNvPr id="21" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D25xH33 см (H-33см, D-25см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Елочная игрушка &amp;quot;Шар&amp;quot; (стекло), D10 см (D-10см, Сиреневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>14</xdr:row>
+        <xdr:cNvPr id="22" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D20xH16 см (H-16см, D-20см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D26xH29 см (H-29см, D-26см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Ваза &amp;quot;Шинаузри Королевский синий&amp;quot; (керамика), D28xH45 см (H-45см, D-28см, Белый-синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Ваза &amp;quot;Mushroom&amp;quot; (керамика), D15xH24,5 см (H-25см, D-15см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), 19x17xH12 см (19см x 17см, H-12см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D13xH24 см (H-24см, D-13см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D15,5xH25,5 см (H-26см, D-16см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D23xH20 см (H-20см, D-23см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D20xH19,5 см (H-20см, D-20см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D23xH23 см (H-23см, D-23см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D18,5xH30 см (H-30см, D-19см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Ваза &amp;quot;Marine Art&amp;quot; (керамика), D13,5xH30,5 см (H-31см, D-14см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Ваза &amp;quot;Сумка&amp;quot; (керамика), 19x9xH23 см (19см x 9см, H-23см, Светло-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Ваза &amp;quot;Сумка&amp;quot; (керамика), 19x9xH23 см (19см x 9см, H-23см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Ваза &amp;quot;Сумка&amp;quot; (керамика), 19x9xH23 см (19см x 9см, H-23см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Ваза &amp;quot;Сумка&amp;quot; (керамика), 19x9xH23 см (19см x 9см, H-23см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Ваза &amp;quot;Орегано&amp;quot; (керамика), D19,5xH15 см (H-15см, D-20см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Ваза &amp;quot;Орегано&amp;quot; (керамика), D19,5xH15 см (H-15см, D-20см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Ваза &amp;quot;Нерине&amp;quot; (керамика), D16xH20 см (H-20см, D-16см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Ваза &amp;quot;Нерине&amp;quot; (керамика), D19xH19 см (H-19см, D-19см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Ваза &amp;quot;Нерине&amp;quot; (керамика), D12xH23 см (H-23см, D-12см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Ваза &amp;quot;Перец&amp;quot; (керамика), D12xH28 см (H-28см, D-12см, Разноцветный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Ваза &amp;quot;Перец&amp;quot; (керамика), D12xH28 см (H-28см, D-12см, Разноцветный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Ваза &amp;quot;Перец&amp;quot; (керамика), D10xH23 см (H-23см, D-10см, Разноцветный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Ваза &amp;quot;Лимон&amp;quot; (керамика), D17,5xH11 см (H-11см, D-18см, Желтый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Ваза &amp;quot;Лимон&amp;quot; (керамика), 20x12xH10,5 см (20см x 12см, H-11см, Желтый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Ваза &amp;quot;Arctic&amp;quot; (керамика), D18xH14 (H-14см, D-18см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Ваза &amp;quot;Arctic&amp;quot; (керамика), D21xH17 (H-17см, D-21см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Ваза &amp;quot;Arctic&amp;quot; (керамика), D17xH29 (H-29см, D-17см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Ваза &amp;quot;Arctic&amp;quot; (керамика), D20xH34 (H-34см, D-20см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), 29,5x12xH13 см (30см x 12см, H-13см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), D18,5xH19,5 см (H-20см, D-19см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), 17,5x7xH30 см (18см x 7см, H-30см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), 22x8xH38 см (22см x 8см, H-38см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), 26,5x10xH46 см (27см x 10см, H-46см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Ваза &amp;quot;Bauhaus&amp;quot; (керамика), H60 см (H-60см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Ваза &amp;quot;Bauhaus&amp;quot; (керамика), H45 см (H-45см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Ваза &amp;quot;Bauhaus&amp;quot; (керамика), H30 см (H-30см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Ваза &amp;quot;Bauhaus&amp;quot; (керамика), H45 см (H-45см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Ваза &amp;quot;Bauhaus&amp;quot; (керамика), H30 см (H-30см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Ваза &amp;quot;Campanula&amp;quot; (керамика), D18,5xH14 см (H-14см, D-19см, Ванильный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Ваза &amp;quot;Campanula&amp;quot; (керамика), D20,5xH16,5 (H-17см, D-21см, Ванильный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), D13xH27 см (H-27см, D-13см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Ваза &amp;quot;Reverie&amp;quot; (керамика), D12,5xH33,5 см (H-34см, D-13см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Кашпо Lechuza &amp;quot;Balconera Cottage Complete sand brown&amp;quot; (пластик), 50x19xH19 см (50см x 19см, H-19см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Кашпо Nobilis Marco &amp;quot;Wave texture Grey&amp;quot; (файкостоун), D50xH44,5 см (H-44,5см, D-50см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Кашпо Nobilis Marco &amp;quot;Wave texture Grey&amp;quot; (файкостоун), D60xH53 см (H-53см, D-60см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Кашпо Nobilis Marco &amp;quot;Song&amp;quot; (керамика), D37xH22 см (H-22см, D-37см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Кашпо Nobilis Marco &amp;quot;Fishbone fossil wood Cube&amp;quot; (файкостоун), 25x25xH45 см (25см x 25см, H-45см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Кашпо Nobilis Marco &amp;quot;Fishbone fossil wood Cube&amp;quot; (файкостоун), 43x43xH80 см (43см x 43см, H-80см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Кашпо Nobilis Marco &amp;quot;Royal Blue Jar&amp;quot; (керамика), D25xH25 см (H-25см, D-25см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Кашпо Nobilis Marco &amp;quot;Metallic Black Jar&amp;quot; (полистоун), D49xH30 см (H-30см, D-49см, Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Кашпо Nobilis Marco &amp;quot;Mat Scuffs Gold Vase&amp;quot; (полистоун), 60х18,5xH18 см (60см x 18,5см, H-18см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Кашпо Nobilis Marco &amp;quot;Scuffs Gold Vase&amp;quot; (полистоун), D34xH112 см, с тех.горшком (H-112см, D-34см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Ecru Ball&amp;quot; (полистоун), D44xH24 см (H-24см, D-44см, Слоновая кость)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Olive Round&amp;quot; (полистоун), D36xH30 см (H-30см, D-36см, Оливковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Ecru Round&amp;quot; (полистоун), D46xH41 см (H-41см, D-46см, Слоновая кость)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Кашпо Nobilis Marco &amp;quot;Jade Round&amp;quot; (керамика), D25xH31 см (H-31см, D-25см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Кашпо Nobilis Marco &amp;quot;Copper-S-copper Round&amp;quot; (керамика), D26xH30 см (H-30см, D-26см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Кашпо Nobilis Marco &amp;quot;Copper-S-copper Round&amp;quot; (керамика), D36xH41 см (H-41см, D-36см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Кашпо Nobilis Marco &amp;quot;Copper-S-copper Round&amp;quot; (керамика), D27xH24 см (H-24см, D-27см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Кашпо Nobilis Marco &amp;quot;Copper-S-copper Round&amp;quot; (керамика), D36xH31 см (H-31см, D-36см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Кашпо Nobilis Marco &amp;quot;Arcs Antique terra Cylinder&amp;quot; (терракота), D29xH31 см (H-31см, D-29см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Кашпо Nobilis Marco &amp;quot;Arcs Antique terra Cylinder&amp;quot; (терракота), D38xH41 см (H-41см, D-38см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Кашпо Nobilis Marco &amp;quot;Arcs Antique terra Cylinder&amp;quot; (терракота), D28xH24 см (H-24см, D-28см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Кашпо Nobilis Marco &amp;quot;Arcs Antique terra Cylinder&amp;quot; (терракота), D36xH31 см (H-31см, D-36см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Кашпо Nobilis Marco &amp;quot;Arcs Antique terra Cylinder&amp;quot; (терракота), D29xH17 см (H-17см, D-29см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Кашпо Nobilis Marco &amp;quot;Arcs Antique terra Cylinder&amp;quot; (терракота), D37xH22 см (H-22см, D-37см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D20xH23 см (H-23см, D-20см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D28xH31 см (H-31см, D-28см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D39xH41,5 см (H-41,5см, D-39см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D20xH17,5 см (H-17,5см, D-20см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D27,5xH24 см (H-24см, D-27,5см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D38xH31 см (H-31см, D-38см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D20,5xH13,5 см (H-13,5см, D-20,5см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D27,5xH17,5 см (H-17,5см, D-27,5см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Кашпо Nobilis Marco &amp;quot;Dent Brown terra Jar&amp;quot; (терракота), D37,5xH22 см (H-22см, D-37,5см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Кашпо Nobilis Marco &amp;quot;Antique terra Round&amp;quot; (терракота), D25xH39 см (H-39см, D-25см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Кашпо Nobilis Marco &amp;quot;Antique terra Round&amp;quot; (терракота), D35xH47 см (H-47см, D-35см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Кашпо Nobilis Marco &amp;quot;Rough Antique terra Jar&amp;quot; (терракота), D35xH39 см (H-39см, D-35см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Кашпо Nobilis Marco &amp;quot;Rough Antique terra Jar&amp;quot; (терракота), D47xH53 см (H-53см, D-47см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Кашпо Nobilis Marco &amp;quot;Rough Antique terra Jar&amp;quot; (терракота), D35xH16 см (H-16см, D-35см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Кашпо Nobilis Marco &amp;quot;Rough Antique terra Jar&amp;quot; (терракота), D47xH22 см (H-22см, D-47см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Кашпо Nobilis Marco &amp;quot;Antique terra Round&amp;quot; (терракота), D28xH22 см (H-22см, D-28см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Кашпо Nobilis Marco &amp;quot;Antique terra Round&amp;quot; (терракота), D35xH29 см (H-29см, D-35см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Кашпо Nobilis Marco &amp;quot;Antique terra Round&amp;quot; (терракота), D46xH38 см (H-38см, D-46см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Кашпо Nobilis Marco &amp;quot;Dent White terra Round&amp;quot; (терракота), D22xH32 см (H-32см, D-22см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Кашпо Nobilis Marco &amp;quot;Dent White terra Round&amp;quot; (терракота), D32xH45 см (H-45см, D-32см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Кашпо Nobilis Marco &amp;quot;Dent White terra Round&amp;quot; (терракота), D42xH58 см (H-58см, D-42см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Кашпо Nobilis Marco &amp;quot;Ribs Mterra Jar&amp;quot; (терракота), D22xH19 см (H-19см, D-22см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Кашпо Nobilis Marco &amp;quot;Ribs Mterra Jar&amp;quot; (терракота), D29xH25 см (H-25см, D-29см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Кашпо Nobilis Marco &amp;quot;Ribs Mterra Jar&amp;quot; (терракота), D30xH17 см (H-17см, D-30см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Кашпо Nobilis Marco &amp;quot;Ripple Antique terra Jar&amp;quot; (терракота), D21xH18 см (H-18см, D-21см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Кашпо Nobilis Marco &amp;quot;Ripple Antique terra Jar&amp;quot; (терракота), D29xH24 см (H-24см, D-29см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Кашпо Nobilis Marco &amp;quot;Ripple Antique terra Jar&amp;quot; (терракота), D36xH30 см (H-30см, D-36см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Кашпо Nobilis Marco &amp;quot;Ripple Antique terra Jar&amp;quot; (терракота), D22xH13 см (H-13см, D-22см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Кашпо Nobilis Marco &amp;quot;Ripple Antique terra Jar&amp;quot; (терракота), D29xH17 см (H-17см, D-29см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Кашпо Nobilis Marco &amp;quot;Ripple Antique terra Jar&amp;quot; (терракота), D36xH21 см (H-21см, D-36см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Кашпо Nobilis Marco &amp;quot;Ribs Mterra Jar&amp;quot; (терракота), D20xH23 см (H-23см, D-20см, Терракотовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Кашпо Nobilis Marco &amp;quot;Song&amp;quot; (керамика), D28xH25 см (H-25см, D-28см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Кашпо Nobilis Marco &amp;quot;Song&amp;quot; (керамика), D37xH31 см (H-31см, D-37см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Кашпо Nobilis Marco &amp;quot;Song&amp;quot; (керамика), D49xH41 см (H-41см, D-49см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Кашпо Nobilis Marco &amp;quot;Song&amp;quot; (керамика), D49xH29 см (H-29см, D-49см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Кашпо Nobilis Marco &amp;quot;Cooper Vase&amp;quot; (керамика), D39xH74 см (H-74см, D-39см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Кашпо Nobilis Marco &amp;quot;Cooper Jar&amp;quot; (керамика), D43xH39 см (H-39см, D-43см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Кашпо Nobilis Marco &amp;quot;Cooper Jar&amp;quot; (керамика), D55xH49 см (H-49см, D-55см, Медный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="Кашпо Nobilis Marco &amp;quot;Green Round&amp;quot; (керамика), D36xH31 см (H-31см, D-36см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Кашпо Nobilis Marco &amp;quot;Green Round&amp;quot; (керамика), D47xH40 см (H-40см, D-47см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Кашпо Nobilis Marco &amp;quot;Green Round&amp;quot; (керамика), D36xH22 см (H-22см, D-36см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="Кашпо Nobilis Marco &amp;quot;Green Round&amp;quot; (керамика), D47xH27 см (H-27см, D-47см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Кашпо Nobilis Marco &amp;quot;Royal Blue Jar&amp;quot; (керамика), D40xH40 см (H-40см, D-40см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="Кашпо Nobilis Marco &amp;quot;Royal Blue Jar&amp;quot; (керамика), D33xH32 см (H-32см, D-33см, Синий)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D12xH14 см (H-14см, D-12см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D12xH14 см (H-14см, D-12см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D12xH14 см (H-14см, D-12см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 31x20,5xH11,5 см (31см x 20,5см, H-11,5см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 31x20,5xH11,5 см (31см x 20,5см, H-11,5см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 31x20,5xH11,5 см (31см x 20,5см, H-11,5см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D20,5xH19 см - D13xH13 см, набор (3 шт) (Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D20,5xH19 см - D13xH13 см, набор (3 шт) (Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D20,5xH19 см - D13xH13 см, набор (3 шт) (Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D14xH13,5 см (H-13,5см, D-14см, Светло-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D14xH13,5 см (H-13,5см, D-14см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D14xH13,5 см (H-13,5см, D-14см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D14xH13,5 см (H-13,5см, D-14см, Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D14xH13,5 см (H-13,5см, D-14см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D22,5xH21 см - D15,5xH15 см, набор (3 шт) (Светло-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D22,5xH21 см - D15,5xH15 см, набор (3 шт) (Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D22,5xH21 см - D15,5xH15 см, набор (3 шт) (Светло-серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 17x16,5xH10,5 см (17см x 16,5см, H-10,5см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 17x16,5xH10,5 см (17см x 16,5см, H-10,5см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 17x16,5xH10,5 см (17см x 16,5см, H-10,5см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), 17x16,5xH10,5 см (17см x 16,5см, H-10,5см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D20xH15,5 см (H-15,5см, D-20см, Светло-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D20xH15,5 см (H-15,5см, D-20см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D12,5xH14 см (H-14см, D-12,5см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D19xH19,5 см (H-19,5см, D-19см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D19xH19,5 см (H-19,5см, D-19см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D19xH19,5 см (H-19,5см, D-19см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D19xH19,5 см (H-19,5см, D-19см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D11xH12 см (H-12см, D-11см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D11xH12 см (H-12см, D-11см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D11xH12 см (H-12см, D-11см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="Кашпо &amp;quot;Flow&amp;quot; (керамика), D11xH12 см (H-12см, D-11см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), D12,5xH13 см (H-13см, D-13см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), D23,5xH13 см (H-13см, D-24см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), 34x14xH12 см (34см x 14см, H-12см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), 41x15xH13 см (41см x 15см, H-13см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), D21xH11 см (H-11см, D-21см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), D28xH12,5 см (H-13см, D-28см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), D12,5xH16,5 см (H-17см, D-13см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), D15xH20 см (H-20см, D-15см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), 30,5x19,5xH10 см (31см x 20см, H-10см, Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="Кашпо&amp;quot;Magnetic&amp;quot;  (керамика), 30,5x19,5xH10 см (31см x 20см, H-10см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), 22,5x13,5xH15 см (23см x 14см, H-15см, Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Кашпо &amp;quot;Magnetic&amp;quot; (керамика), 22,5x13,5xH15 см (23см x 14см, H-15см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="Кашпо &amp;quot;Campanula&amp;quot; (керамика), D20,5xH9 (H-9см, D-21см, Ванильный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="Кашпо &amp;quot;Campanula&amp;quot; (керамика), D24,5xH11 см (H-11см, D-25см, Ванильный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="Кашпо &amp;quot;Reverie&amp;quot; (керамика), D19xH9 см (H-9см, D-19см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="Кашпо &amp;quot;Reverie&amp;quot; (керамика), D18xH15 см (H-15см, D-18см, Песочный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="Кашпо Nobilis Marco &amp;quot;Spikelet Grey Cylinder&amp;quot; (полистоун), D37xH75 см, с тех.горшком (H-75см, D-37см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="Кашпо Nobilis Marco &amp;quot;Spikelet Grey Cylinder&amp;quot; (полистоун), D37xH90 см, с тех.горшком (H-90см, D-37см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="Кашпо Nobilis Marco &amp;quot;Spikelet Dark grey Cylinder&amp;quot; (полистоун), D37xH75 см, с тех.горшком (H-75см, D-37см, Темно-серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="Кашпо Nobilis Marco &amp;quot;Spikelet Dark grey Cylinder&amp;quot; (полистоун), D37xH90 см, с тех.горшком (H-90см, D-37см, Темно-серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="Кашпо Nobilis Marco &amp;quot;Scuffs Gold Vase&amp;quot; (полистоун), D35xH65 см, с тех.горшком (H-65см, D-35см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="Кашпо Nobilis Marco &amp;quot;Scuffs Gold Vase&amp;quot; (полистоун), D38xH85 см, с тех.горшком (H-85см, D-38см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffe Jar&amp;quot; (полистоун), D38xH42 см, с тех.горшком (H-42см, D-38см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffe Jar&amp;quot; (полистоун), D45xH48 см, с тех.горшком (H-48см, D-45см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffe Round&amp;quot; (полистоун), D32xH51 см, с тех.горшком (H-51см, D-32см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffe Round&amp;quot; (полистоун), D34xH75 см, с тех.горшком (H-75см, D-34см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Olive Ball&amp;quot; (полистоун), D32xH17 см (H-17см, D-32см, Оливковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Olive Oval&amp;quot; (полистоун), 40х20xH15 см (40см x 20см, H-15см, Оливковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Ecru Oval&amp;quot; (полистоун), 40х20xH15 см (40см x 20см, H-15см, Слоновая кость)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="Блюдо декоративное &amp;quot;Magnetic&amp;quot; (керамика), 42x12xH6 см (42см x 12см, H-6см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="Блюдо декоративное &amp;quot;Нерине&amp;quot; (керамика), 16x15xH20 см (16см x 15см, H-20см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="Блюдо декоративное &amp;quot;Нерине&amp;quot; (керамика), D20xH13 см (H-13см, D-20см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="Чаша декоративная &amp;quot;Лимон&amp;quot; (керамика), D21xH10 см (H-10см, D-21см, Желтый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="Чаша декоративная &amp;quot;White wood&amp;quot; (керамика), D25xH11 см (H-11см, D-25см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="Чаша декоративная &amp;quot;White wood&amp;quot; (керамика), D19xH8,5 см (H-9см, D-19см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1714500" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="Цветок искусственный &amp;quot;Тюльпан&amp;quot;, H18 см, набор (7 шт) (H-18см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1714500" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="Цветок искусственный &amp;quot;Тюльпан&amp;quot;, H18 см, набор (7 шт) (H-18см, Желтый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1714500" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="Цветок искусственный &amp;quot;Тюльпан&amp;quot;, H18 см, набор (7 шт) (H-18см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="Ветка искусственная &amp;quot;Яблоня&amp;quot;, H113 см (H-113см, Светло-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="Ветка искусственная &amp;quot;Верба&amp;quot;, H115 см (H-115см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="Дерево искусственное в кашпо &amp;quot;Подокарпус&amp;quot;, H122 см, 4080 листьев (H-122см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="Растение искусственное в кашпо &amp;quot;Филодендрон Селлоум&amp;quot;, H140 см, 18 листьев (H-140см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="Растение искусственное в кашпо &amp;quot;Филодендрон&amp;quot;, H153 см, 64 листа (H-153см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="Растение искусственное в кашпо &amp;quot;Пальма Маджести&amp;quot;, H118 см, 280 листьев (H-118см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="Растение искусственное в кашпо &amp;quot;Пальма Кентия&amp;quot;, H183 см, 129 листьев (H-183см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="Растение искусственное в кашпо &amp;quot;Гортензия&amp;quot;, H122 см, 451 лист (H-122см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="Растение искусственное в кашпо &amp;quot;Гортензия&amp;quot;, H122 см, 451 лист (H-122см, Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="Дерево искусственное в кашпо &amp;quot;Фикус Лирата&amp;quot;, H122 см, 57 листьев (H-122см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="Дерево искусственное в кашпо &amp;quot;Фикус Лирата&amp;quot;, H165 см, 45 листьев (H-165см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="Дерево искусственное в кашпо &amp;quot;Фикус&amp;quot;, H183 см, 705 листьев (H-183см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="Дерево искусственное в кашпо &amp;quot;Фикус&amp;quot;, H183 см, 1680 листьев (H-183см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="Дерево искусственное в кашпо &amp;quot;Фикус&amp;quot;, H244 см, 1410 листьев (H-244см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="Дерево искусственное в кашпо &amp;quot;Аралия&amp;quot;, H122 см, 819 листьев (H-122см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="Растение искусственное в кашпо &amp;quot;Бересклет японский&amp;quot;, H80 см, 1386 листьев (H-80см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Растение искусственное в кашпо &amp;quot;Драцена&amp;quot;, H92 см, 379 листьев (H-92см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Растение искусственное в кашпо &amp;quot;Кротон&amp;quot;, H153 см, 388 листьев (H-153см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="Дерево искусственное в кашпо &amp;quot;Шефлера&amp;quot;, H183 см, 1022 листа (H-183см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="Растение искусственное в кашпо &amp;quot;Пальма Арека&amp;quot;, H213 см, 739 листьев (H-213см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="Растение искусственное в кашпо &amp;quot;Пальма Арека&amp;quot;, H183 см, 593 листа (H-183см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="Растение искусственное ампельное &amp;quot;Плющ&amp;quot;, H84 см, 166 листьев (H-84см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Растение искусственное ампельное &amp;quot;Плющ&amp;quot;, H84 см, 166 листьев (H-84см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Растение искусственное ампельное &amp;quot;Амарант&amp;quot;, H150 см (H-150см, Темно-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Растение искусственное ампельное &amp;quot;Плющ&amp;quot;, H170 см (H-170см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Коробка шляпная &amp;quot;Счастье это ты&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Коробка шляпная &amp;quot;Счастье это ты&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="Коробка шляпная &amp;quot;Люби&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Коробка шляпная &amp;quot;От всего сердца&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Коробка шляпная &amp;quot;От всего сердца&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Коробка шляпная &amp;quot;Люби&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1095375" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Кашпо Nobilis Marco &amp;quot;Rough White Round&amp;quot; (полистоун), D30xH29 см (H-29см, D-30см, Светло-серый)" descr=""/>
-[...53 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="235" name="Коробка шляпная &amp;quot;Люби&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Красный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Кашпо Nobilis Marco &amp;quot;Rough White Round&amp;quot; (полистоун), D49xH48 см (H-48см, D-49см, Светло-серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>17</xdr:row>
+        <xdr:cNvPr id="236" name="Коробка шляпная &amp;quot;С 8 Марта&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Кашпо Nobilis Marco &amp;quot;Rough Grey Round&amp;quot; (полистоун), D30xH29 см (H-29см, D-30см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="237" name="Коробка шляпная &amp;quot;С 8 Марта&amp;quot;, D18xH18 см, D16xH16 см, набор (2 шт), без крышки (Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>245</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Кашпо Nobilis Marco &amp;quot;Rough Grey Round&amp;quot; (полистоун), D40xH39 см (H-39см, D-40см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="238" name="Ель искусственная &amp;quot;Венская&amp;quot; (ПВХ,ПЭ), D108xH180 см (H-180см, D-108см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>246</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Кашпо Nobilis Marco &amp;quot;Rough Grey Round&amp;quot; (полистоун), D49xH48 см (H-48см, D-49см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="239" name="Кашпо Nobilis Marco &amp;quot;Wave texture Grey&amp;quot; (файкостоун), D42xH36 см (H-36см, D-42см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Кашпо Nobilis Marco &amp;quot;Rough Anthracite Round&amp;quot; (полистоун), D30xH29 см (H-29см, D-30см, Антрацитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="240" name="Кашпо Nobilis Marco &amp;quot;Root texture Boat&amp;quot; (файкостоун), 79x39xH26,5 см (79см x 39см, H-26,5см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Кашпо Nobilis Marco &amp;quot;Rough Anthracite Round&amp;quot; (полистоун), D40xH39 см (H-39см, D-40см, Антрацитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="241" name="Кашпо Nobilis Marco &amp;quot;Fishbone Fossil-wood Cylinder&amp;quot; (файкостоун), D22xH22 см (H-22см, D-22см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Кашпо Nobilis Marco &amp;quot;Rough Anthracite Round&amp;quot; (полистоун), D49xH48 см (H-48см, D-49см, Антрацитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="242" name="Кашпо Nobilis Marco &amp;quot;Fishbone Fossil-wood Cylinder&amp;quot; (файкостоун), D30xH30 см (H-30см, D-30см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>250</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Кашпо Nobilis Marco &amp;quot;Rough White Vase&amp;quot; (полистоун), D34xH75 см (H-75см, D-34см, Светло-серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="243" name="Кашпо Nobilis Marco &amp;quot;Fishbone Fossil-wood Cylinder&amp;quot; (файкостоун), D39xH39 см (H-39см, D-39см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>251</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Кашпо Nobilis Marco &amp;quot;Rough Anthracite Vase&amp;quot; (полистоун), D34xH75 см (H-75см, D-34см, Антрацитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="244" name="Кашпо Nobilis Marco &amp;quot;Fishbone fossil wood Cube&amp;quot; (файкостоун), 33x33xH60 см (33см x 33см, H-60см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Gold Round&amp;quot; (полистоун), 65x34xH21 см (65см x 34см, H-21см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH40 см, с тех.горшком (H-40см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH60 см, с тех.горшком (H-60см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH80 см, с тех.горшком (H-80см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH100 см, с тех.горшком (H-100см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH40 см, с тех.горшком (H-40см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH60 см, с тех.горшком (H-60см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH80 см, с тех.горшком (H-80см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Cylinder&amp;quot; (полистоун), D40xH100 см, с тех.горшком (H-100см, D-40см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="Кашпо Nobilis Marco &amp;quot;Mat Dark Gold Shell (полистоун), 22x22 см (22см x 22см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="Кашпо Nobilis Marco &amp;quot;Mat Dark Silver Shell (полистоун), 22x22 см (22см x 22см, Серебряный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffeу Round&amp;quot; (полистоун), D41xH50 см, с тех.горшком (H-50см, D-41см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="257" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Vase&amp;quot; (полистоун), D35xH65 см, с тех.горшком (H-65см, D-35см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Coffee Vase&amp;quot; (полистоун), D32xH49 см, с тех.горшком (H-49см, D-32см, Кофейный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" name="Кашпо Nobilis Marco &amp;quot;Metallic Black Jar&amp;quot; (полистоун), D34xH18 см (H-18см, D-34см, Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="Кашпо Nobilis Marco &amp;quot;Mat Metallic Gold Ball&amp;quot; (полистоун), D49xH30 см (H-30см, D-49см, Золотой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1609725" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="Пленка матовая &amp;quot;Лак&amp;quot;, 52x53 см, 85 mic, набор (20 шт) (52см x 53см, Мятный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1543050" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="Пленка матовая &amp;quot;Лак&amp;quot;, 52x53 см, 85 mic, набор (20 шт) (52см x 53см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1457325" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="263" name="Пленка матовая &amp;quot;Лак&amp;quot;, 52x53 см, 85 mic, набор (20 шт) (52см x 53см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1495425" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="264" name="Пленка матовая &amp;quot;Лак&amp;quot;, 52x53 см, 85 mic, набор (20 шт) (52см x 53см, Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1543050" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="Пленка матовая &amp;quot;Лак&amp;quot;, 52x53 см, 85 mic, набор (20 шт) (52см x 53см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1152525" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="Пленка матовая &amp;quot;Love you&amp;quot;, 52x53 см, 80 mic, набор (20 шт) (52см x 53см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="Пленка матовая &amp;quot;Love you&amp;quot;, 52x53 см, 80 mic, набор (20 шт) (52см x 53см, Светло-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="Пленка матовая &amp;quot;Love you&amp;quot;, 52x53 см, 80 mic, набор (20 шт) (52см x 53см, Лиловый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>276</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Кашпо Nobilis Marco &amp;quot;Rough White Vase&amp;quot; (полистоун), D34xH97 см (H-97см, D-34см, Светло-серый)" descr=""/>
-[...53 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="269" name="Пленка прозрачная, 100 смx250 м, 35 mic (25 000см x 100см, Прозрачный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>277</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Кашпо Nobilis Marco &amp;quot;Rough Anthracite Vase&amp;quot; (полистоун), D34xH97 см (H-97см, D-34см, Антрацитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="270" name="Пленка прозрачная, 100 смx100 м, 35 mic (10 000см x 100см, Прозрачный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>278</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Кашпо Nobilis Marco &amp;quot;Mineral White Round&amp;quot; (полистоун), D39xH61 см, с тех.горшком (H-61см, D-39см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="271" name="Пленка прозрачная, 100 смx30 м, 35 mic (3 000см x 100см, Прозрачный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>279</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Кашпо Nobilis Marco &amp;quot;Mineral White Round&amp;quot; (полистоун), D54xH85 см, с тех.горшком (H-85см, D-54см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="272" name="Бумага крафт бурый, 58 смx10 м, 80 г/м2 (1 000см x 58см, Светло-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>280</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Round&amp;quot; (полистоун), D39xH61 см, с тех.горшком (H-61см, D-39см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="273" name="Бумага крафт бурый, 58 смx10 м, 80 г/м2 (1 000см x 58см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>281</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Round&amp;quot; (полистоун), D54xH85 см, с тех.горшком (H-85см, D-54см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>32</xdr:row>
+        <xdr:cNvPr id="274" name="Бумага крафт бурый, 58 смx10 м, 80 г/м2 (1 000см x 58см, Светло-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>282</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Кашпо Nobilis Marco &amp;quot;Mineral White Round&amp;quot; (полистоун), D30xH29 см, с тех.горшком (H-29см, D-30см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>33</xdr:row>
+        <xdr:cNvPr id="275" name="Бумага крафт бурый, 58 смx10 м, 80 г/м2 (1 000см x 58см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>283</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Кашпо Nobilis Marco &amp;quot;Mineral White Round&amp;quot; (полистоун), D40xH39 см, с тех.горшком (H-39см, D-40см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="276" name="Коробка-кашпо &amp;quot;Трапеция&amp;quot;, 9,5x9,5xH18 см (9,5 x 9,5, H-18, Фиолетовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Кашпо Nobilis Marco &amp;quot;Mineral White Round&amp;quot; (полистоун), D49xH48 см, с тех.горшком (H-48см, D-49см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>35</xdr:row>
+        <xdr:cNvPr id="277" name="Сетка &amp;quot;Снег&amp;quot; (пластик), 50 смx4 ярд (366см x 50см, Голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="457200" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="Спрей для продления свежести и защиты срезанных цветов &amp;quot;Триумф&amp;quot;, 500 мл (Пустая характеристика)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>286</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="3543300" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" name="Подкормка для развития срезанных цветов универсальная, 10 мл/1л, набор (1000 шт), Кристафлор (Пустая характеристика)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Round&amp;quot; (полистоун), D30xH29 см, с тех.горшком (H-29см, D-30см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="280" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Белый-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Round&amp;quot; (полистоун), D40xH39 см, с тех.горшком (H-39см, D-40см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>37</xdr:row>
+        <xdr:cNvPr id="281" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>289</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Round&amp;quot; (полистоун), D49xH48 см, с тех.горшком (H-48см, D-49см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>38</xdr:row>
+        <xdr:cNvPr id="282" name="Лента атлас, 50 ммx25 ярд, набор (4 шт) (2 286см x 5см, Алый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Кашпо Nobilis Marco &amp;quot;Mineral White Vase&amp;quot; (полистоун), D31xH72 см, с тех.горшком (H-72см, D-31см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>39</xdr:row>
+        <xdr:cNvPr id="283" name="Лента атлас, 25 ммx25 ярд, набор (5 шт) (2 286см x 2,5см, Темно-фиолетовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>291</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Кашпо Nobilis Marco &amp;quot;Mineral White Vase&amp;quot; (полистоун), D39xH95 см, с тех.горшком (H-95см, D-39см, Кремовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>40</xdr:row>
+        <xdr:cNvPr id="284" name="Лента атлас, 50 ммx25 ярд, набор (4 шт) (2 286см x 5см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Vase&amp;quot; (полистоун), D31xH72 см, с тех.горшком (H-72см, D-31см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>41</xdr:row>
+        <xdr:cNvPr id="285" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Светло-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Кашпо Nobilis Marco &amp;quot;Mineral Brown Vase&amp;quot; (полистоун), D39xH95 см, с тех.горшком (H-95см, D-39см, Коричневый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>42</xdr:row>
+        <xdr:cNvPr id="286" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Светло-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Кашпо Nobilis Marco &amp;quot;Hills Ivory Round&amp;quot; (полистоун), D39xH33 см, с тех.горшком (H-33см, D-39см, Светло-серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>43</xdr:row>
+        <xdr:cNvPr id="287" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>295</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Кашпо Nobilis Marco &amp;quot;Hills Ivory Round&amp;quot; (полистоун), D55xH46 см, с тех.горшком (H-46см, D-55см, Светло-серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>44</xdr:row>
+        <xdr:cNvPr id="288" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Красный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>296</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Кашпо Nobilis Marco &amp;quot;Hills Dark grey Round&amp;quot; (полистоун), D39xH33 см, с тех.горшком (H-33см, D-39см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>45</xdr:row>
+        <xdr:cNvPr id="289" name="Лента атлас, 40 ммx25 ярд, набор (5 шт) (2 286см x 4см, Желтый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>297</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Кашпо Nobilis Marco &amp;quot;Hills Dark grey Round&amp;quot; (полистоун), D55xH46 см, с тех.горшком (H-46см, D-55см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>46</xdr:row>
+        <xdr:cNvPr id="290" name="Лента атлас, 25 ммx25 ярд, набор (5 шт) (2 286см x 2,5см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>298</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Кашпо Nobilis Marco &amp;quot;Hills Gold Round&amp;quot; (полистоун), D39xH33 см, с тех.горшком (H-33см, D-39см, Золотой)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>47</xdr:row>
+        <xdr:cNvPr id="291" name="Лента атлас, 25 ммx25 ярд, набор (5 шт) (2 286см x 2,5см, Светло-фиолетовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Кашпо Nobilis Marco &amp;quot;Hills Gold Round&amp;quot; (полистоун), D55xH46 см, с тех.горшком (H-46см, D-55см, Золотой)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>48</xdr:row>
+        <xdr:cNvPr id="292" name="Лента атлас, 25 ммx25 ярд, набор (5 шт) (2 286см x 2,5см, Темно-зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Кашпо Nobilis Marco &amp;quot;Hills Ivory Vase&amp;quot; (полистоун), D37xH92 см, с тех.горшком (H-92см, D-37см, Белый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>49</xdr:row>
+        <xdr:cNvPr id="293" name="Лента атлас, 25 ммx25 ярд, набор (5 шт) (2 286см x 2,5см, Светло-голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Кашпо Nobilis Marco &amp;quot;Hills Dark grey Vase&amp;quot; (полистоун), D37xH92 см, с тех.горшком (H-92см, D-37см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>50</xdr:row>
+        <xdr:cNvPr id="294" name="Лента атлас, 15 ммx25 ярд, набор (10 шт) (2 286см x 1,5см, Ягодный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>302</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Кашпо Nobilis Marco &amp;quot;Hills Gold Vase&amp;quot; (полистоун), D37xH92 см, с тех.горшком (H-92см, D-37см, Золотой)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>51</xdr:row>
+        <xdr:cNvPr id="295" name="Лента атлас, 25 ммx25 ярд, набор (5 шт) (2 286см x 2,5см, Темно-бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>303</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Vase&amp;quot; (полистоун), D32xH51 см, с тех.горшком (H-51см, D-32см, Темно-серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>52</xdr:row>
+        <xdr:cNvPr id="296" name="Лента органза, 40 ммx10 ярд, на леске (914см x 4см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>304</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Vase&amp;quot; (полистоун), D43xH68 см, с тех.горшком (H-68см, D-43см, Темно-серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>53</xdr:row>
+        <xdr:cNvPr id="297" name="Лента органза, 40 ммx10 ярд, на леске (914см x 4см, Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Vase&amp;quot; (полистоун), D32xH51 см, с тех.горшком (H-51см, D-32см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>54</xdr:row>
+        <xdr:cNvPr id="298" name="Лента органза, 25 ммx25 ярд (2 286см x 2,5см, Пудровый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>306</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Vase&amp;quot; (полистоун), D43xH68 см, с тех.горшком (H-68см, D-43см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>55</xdr:row>
+        <xdr:cNvPr id="299" name="Лента декоративная (бархат), 25 ммx10 ярд (914см x 2,5см, Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Round&amp;quot; (полистоун), D30xH28 см, с тех.горшком (H-28см, D-30см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="300" name="Лента декоративная (бархат), 25 ммx10 ярд (914см x 2,5см, Пудровый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>308</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Round&amp;quot; (полистоун), D40xH37 см, с тех.горшком (H-37см, D-40см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>57</xdr:row>
+        <xdr:cNvPr id="301" name="Лента декоративная (бархат), 25 ммx10 ярд (914см x 2,5см, Черный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>309</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Round&amp;quot; (полистоун), D50xH47 см, с тех.горшком (H-47см, D-50см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>58</xdr:row>
+        <xdr:cNvPr id="302" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см x 2,5см, Красный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>310</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Round&amp;quot; (полистоун), D30xH28 см, с тех.горшком (H-28см, D-30см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>59</xdr:row>
+        <xdr:cNvPr id="303" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см x 2,5см, Лососевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>311</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Round&amp;quot; (полистоун), D40xH37 см, с тех.горшком (H-37см, D-40см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>60</xdr:row>
+        <xdr:cNvPr id="304" name="Лента декоративная (бархат), 12 ммx10 ярд (914см x 1,2см, Зеленый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>312</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Round&amp;quot; (полистоун), D50xH47 см, с тех.горшком (H-47см, D-50см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="305" name="Лента декоративная (бархат), 12 ммx10 ярд (914см x 1,2см, Сиреневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>313</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Сylinder&amp;quot; (полистоун), D31xH60 см, с тех.горшком (H-60см, D-31см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>62</xdr:row>
+        <xdr:cNvPr id="306" name="Лента декоративная (бархат), 12 ммx10 ярд (914см x 1,2см, Тиффани)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>314</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Сylinder&amp;quot; (полистоун), D41xH80 см, с тех.горшком (H-80см, D-41см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>63</xdr:row>
+        <xdr:cNvPr id="307" name="Лента декоративная (бархат), 12 ммx10 ярд (914см x 1,2см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>315</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="308" name="Лента декоративная (бархат), 25 ммx10 ярд (914см x 2,5см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="309" name="Лента декоративная (бархат), 25 ммx10 ярд (914см x 2,5см, Голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Сylinder&amp;quot; (полистоун), D31xH60 см, с тех.горшком (H-60см, D-31см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>64</xdr:row>
+        <xdr:cNvPr id="310" name="Лента декоративная (бархат), 25 ммx10 ярд (914см x 2,5см, Тиффани)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>318</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Сylinder&amp;quot; (полистоун), D41xH80 см, с тех.горшком (H-80см, D-41см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>65</xdr:row>
+        <xdr:cNvPr id="311" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см, Белый-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>319</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Сylinder&amp;quot; (полистоун), D31xH31 см, с тех.горшком (H-31см, D-31см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>66</xdr:row>
+        <xdr:cNvPr id="312" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см, Хаки)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>320</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Сylinder&amp;quot; (полистоун), D41xH40 см, с тех.горшком (H-40см, D-41см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>67</xdr:row>
+        <xdr:cNvPr id="313" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см x 2,5см, Фисташковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>321</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="Кашпо Nobilis Marco &amp;quot;Cement Dark grey Сylinder&amp;quot; (полистоун), D53xH51 см, с тех.горшком (H-51см, D-53см, Графитовый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>68</xdr:row>
+        <xdr:cNvPr id="314" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см x 2,5см, Фиолетовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>322</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Сylinder&amp;quot; (полистоун), D31xH31 см, с тех.горшком (H-31см, D-31см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>69</xdr:row>
+        <xdr:cNvPr id="315" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см x 2,5см, Бежевый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Сylinder&amp;quot; (полистоун), D41xH40 см, с тех.горшком (H-40см, D-41см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>70</xdr:row>
+        <xdr:cNvPr id="316" name="Лента декоративная &amp;quot;Репсовая&amp;quot;, 25 ммx25 ярд (2 286см x 2,5см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>324</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="317" name="Лента декоративная &amp;quot;Кружево&amp;quot;, 40 ммx25 ярд (2 286см x 4см, Фиолетовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>325</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="318" name="Лента декоративная &amp;quot;Кружево&amp;quot;, 40 ммx25 ярд (2 286см x 4см, Кремовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>326</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="319" name="Лента декоративная &amp;quot;Кружево&amp;quot;, 40 ммx25 ярд (2 286см x 0,4см, Персиковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>327</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="320" name="Лента декоративная &amp;quot;Кружево&amp;quot;, 40 ммx25 ярд (2 286см x 0,4см, Оливковый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>328</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="321" name="Лента декоративная &amp;quot;Кружево&amp;quot;, 40 ммx25 ярд (2 286см x 0,4см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>329</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1400175" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="322" name="Лента декоративная &amp;quot;Кружево&amp;quot;, 40 ммx25 ярд (2 286см x 0,4см, Ярко-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>330</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Кашпо Nobilis Marco &amp;quot;Cement Grey Сylinder&amp;quot; (полистоун), D53xH51 см, с тех.горшком (H-51см, D-53см, Серый)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>71</xdr:row>
+        <xdr:cNvPr id="323" name="Лента полипропилен, 20 ммx100 ярд (9 144см x 2см, Голубой)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>331</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="324" name="Корзина плетеная (ива), 27x21xH9/26 см (27см x 21см, H-9см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>332</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="325" name="Корзина плетеная (ива), 33x26xH11/31 см (33см x 26см, H-11см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>333</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="326" name="Корзина плетеная (ива), D38xH14/40 см - D22xH10/26 см, набор (4 шт) (Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>334</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="327" name="Корзина плетеная (ива), 50x40xH20/45 см - 32x21xH13/30 см, набор (4 шт) (Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="328" name="Корзина плетеная (ива), D38xH16/40 см - D28xH12/29 см, набор (3 шт) (Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>336</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="329" name="Корзина плетеная (ива), D20xH26 см (H-26см, D-20см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>337</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="330" name="Корзина плетеная (ива), D20xH26 см (H-26см, D-20см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>338</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="331" name="Корзина плетеная &amp;quot;Кант&amp;quot; (ива), 28x18xH22 см (28см x 18см, H-22см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>339</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="332" name="Корзина плетеная &amp;quot;Кант&amp;quot; (ива), 28x18xH22 см (28см x 18см, H-22см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>340</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="333" name="Корзина плетеная (ива), 24x18xH20 см (24см x 18см, H-20см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>341</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="334" name="Корзина плетеная (ива), 24x18xH20 см (24см x 18см, H-20см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>342</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="335" name="Корзина плетеная (ива), 24x18xH20 см (24см x 18см, H-20см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>343</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="336" name="Корзина плетеная (ива), 24x18xH20 см (24см x 18см, H-20см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>344</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="337" name="Корзина плетеная (ива), 30x25xH12 см (30см x 25см, H-12см, Коричневый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>345</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="338" name="Корзина плетеная (ива), 30x25xH12 см (30см x 25см, H-12см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="339" name="Корзина плетеная (ива), 30x25xH12 см (30см x 25см, H-12см, Светло-розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="340" name="Корзина плетеная (ива), 30x25xH12 см (30см x 25см, H-12см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="341" name="Корзина плетеная (ива), D46xH20/57 см - D30xH14/39 см, набор (3 шт) (Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="342" name="Корзина плетеная (ива), D33xH13/36 см - D22xH10/26 см, набор (3 шт) (Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="343" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 16x14xH23 см (16см x 14см, H-23см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="344" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 19x17xH25 см (19см x 17см, H-25см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>352</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="345" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 19x17xH25 см (19см x 17см, H-25см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>353</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="346" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), D12xH25 см (H-25см, D-12см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>354</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="347" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 20x16xH28 см (20см x 16см, H-28см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>355</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="348" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 20x16xH28 см (20см x 16см, H-28см, Серый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>356</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="349" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 20x16xH28 см (20см x 16см, H-28см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>357</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="350" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 13x13xH24 см (13см x 13см, H-24см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>358</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="351" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 13x13xH24 см (13см x 13см, H-24см, Натуральный)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>359</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="0" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="352" name="Корзина плетеная &amp;quot;Кант&amp;quot; (дерево), 13x13xH24 см (13см x 13см, H-24см, Розовый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>360</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Ваза &amp;quot;Шаровая Luminous&amp;quot; (стекло), D25xH21 см (H-21, D-25, Прозрачный)" descr=""/>
-[...23 lines deleted...]
-      <xdr:row>72</xdr:row>
+        <xdr:cNvPr id="353" name="Пакет подарочный (бумага), 20x9xH28 см, набор (12 шт), с бантом (20см x 9см, H-28см, Белый)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>361</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="0" cy="1047750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Ваза &amp;quot;Конус-рома&amp;quot;, D 19 x H 19 см (H-19, D-19, Прозрачный)" descr=""/>
-[...1715 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <xdr:cNvPr id="354" name="Ветка ивы извилистой, H210-230 см (230см x 230см, H-230см, D-230см)" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4916,62 +13172,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I131"/>
+  <dimension ref="A1:I363"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E131" sqref="E131"/>
+      <selection activeCell="E363" sqref="E363"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.85546875" customWidth="true" style="6"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="1"/>
-    <col min="4" max="4" width="102.546387" bestFit="true" customWidth="true" style="1"/>
+    <col min="4" max="4" width="109.544678" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="11"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.996582" bestFit="true" customWidth="true" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="10"/>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="10"/>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="9"/>
@@ -5050,2582 +13306,7454 @@
       </c>
       <c r="E9" s="12" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="8"/>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="130">
       <c r="A10" s="15">
         <v>1</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="16" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="17">
-        <v>296.0</v>
+        <v>377.0</v>
       </c>
       <c r="F10" s="15">
         <v>1</v>
       </c>
       <c r="G10" s="18">
-        <v>296.0</v>
+        <v>377.0</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="130">
       <c r="A11" s="15">
         <v>2</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="16" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="17">
-        <v>454.0</v>
+        <v>468.0</v>
       </c>
       <c r="F11" s="15">
         <v>1</v>
       </c>
       <c r="G11" s="18">
-        <v>454.0</v>
+        <v>468.0</v>
       </c>
     </row>
     <row r="12" spans="1:9" customHeight="1" ht="130">
       <c r="A12" s="15">
         <v>3</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="16" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="17">
-        <v>262.0</v>
+        <v>890.0</v>
       </c>
       <c r="F12" s="15">
         <v>1</v>
       </c>
       <c r="G12" s="18">
-        <v>262.0</v>
+        <v>890.0</v>
       </c>
     </row>
     <row r="13" spans="1:9" customHeight="1" ht="130">
       <c r="A13" s="15">
         <v>4</v>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="16" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="16" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="17">
-        <v>197.0</v>
+        <v>1390.0</v>
       </c>
       <c r="F13" s="15">
         <v>1</v>
       </c>
       <c r="G13" s="18">
-        <v>197.0</v>
+        <v>1390.0</v>
       </c>
     </row>
     <row r="14" spans="1:9" customHeight="1" ht="130">
       <c r="A14" s="15">
         <v>5</v>
       </c>
       <c r="B14" s="6"/>
       <c r="C14" s="16" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="16" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E14" s="17">
-        <v>262.0</v>
+        <v>925.0</v>
       </c>
       <c r="F14" s="15">
         <v>1</v>
       </c>
       <c r="G14" s="18">
-        <v>262.0</v>
+        <v>925.0</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="130">
       <c r="A15" s="15">
         <v>6</v>
       </c>
       <c r="B15" s="6"/>
       <c r="C15" s="16" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D15" s="16" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E15" s="17">
-        <v>4384.0</v>
+        <v>649.0</v>
       </c>
       <c r="F15" s="15">
         <v>1</v>
       </c>
       <c r="G15" s="18">
-        <v>4384.0</v>
+        <v>649.0</v>
       </c>
     </row>
     <row r="16" spans="1:9" customHeight="1" ht="130">
       <c r="A16" s="15">
         <v>7</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="16" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D16" s="16" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E16" s="17">
-        <v>7626.0</v>
+        <v>965.0</v>
       </c>
       <c r="F16" s="15">
         <v>1</v>
       </c>
       <c r="G16" s="18">
-        <v>7626.0</v>
+        <v>965.0</v>
       </c>
     </row>
     <row r="17" spans="1:9" customHeight="1" ht="130">
       <c r="A17" s="15">
         <v>8</v>
       </c>
       <c r="B17" s="6"/>
       <c r="C17" s="16" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D17" s="16" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="17">
-        <v>11616.0</v>
+        <v>1629.0</v>
       </c>
       <c r="F17" s="15">
         <v>1</v>
       </c>
       <c r="G17" s="18">
-        <v>11616.0</v>
+        <v>1629.0</v>
       </c>
     </row>
     <row r="18" spans="1:9" customHeight="1" ht="130">
       <c r="A18" s="15">
         <v>9</v>
       </c>
       <c r="B18" s="6"/>
       <c r="C18" s="16" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D18" s="16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E18" s="17">
-        <v>4384.0</v>
+        <v>10490.0</v>
       </c>
       <c r="F18" s="15">
         <v>1</v>
       </c>
       <c r="G18" s="18">
-        <v>4384.0</v>
+        <v>10490.0</v>
       </c>
     </row>
     <row r="19" spans="1:9" customHeight="1" ht="130">
       <c r="A19" s="15">
         <v>10</v>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="16" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D19" s="16" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E19" s="17">
-        <v>7626.0</v>
+        <v>2290.0</v>
       </c>
       <c r="F19" s="15">
         <v>1</v>
       </c>
       <c r="G19" s="18">
-        <v>7626.0</v>
+        <v>2290.0</v>
       </c>
     </row>
     <row r="20" spans="1:9" customHeight="1" ht="130">
       <c r="A20" s="15">
         <v>11</v>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D20" s="16" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E20" s="17">
-        <v>11616.0</v>
+        <v>889.0</v>
       </c>
       <c r="F20" s="15">
         <v>1</v>
       </c>
       <c r="G20" s="18">
-        <v>11616.0</v>
+        <v>889.0</v>
       </c>
     </row>
     <row r="21" spans="1:9" customHeight="1" ht="130">
       <c r="A21" s="15">
         <v>12</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D21" s="16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E21" s="17">
-        <v>4384.0</v>
+        <v>1033.0</v>
       </c>
       <c r="F21" s="15">
         <v>1</v>
       </c>
       <c r="G21" s="18">
-        <v>4384.0</v>
+        <v>1033.0</v>
       </c>
     </row>
     <row r="22" spans="1:9" customHeight="1" ht="130">
       <c r="A22" s="15">
         <v>13</v>
       </c>
       <c r="B22" s="6"/>
       <c r="C22" s="16" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D22" s="16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E22" s="17">
-        <v>7626.0</v>
+        <v>3902.0</v>
       </c>
       <c r="F22" s="15">
         <v>1</v>
       </c>
       <c r="G22" s="18">
-        <v>7626.0</v>
+        <v>3902.0</v>
       </c>
     </row>
     <row r="23" spans="1:9" customHeight="1" ht="130">
       <c r="A23" s="15">
         <v>14</v>
       </c>
       <c r="B23" s="6"/>
       <c r="C23" s="16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D23" s="16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E23" s="17">
-        <v>11616.0</v>
+        <v>2295.0</v>
       </c>
       <c r="F23" s="15">
         <v>1</v>
       </c>
       <c r="G23" s="18">
-        <v>11616.0</v>
+        <v>2295.0</v>
       </c>
     </row>
     <row r="24" spans="1:9" customHeight="1" ht="130">
       <c r="A24" s="15">
         <v>15</v>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D24" s="16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E24" s="17">
-        <v>9742.0</v>
+        <v>6024.0</v>
       </c>
       <c r="F24" s="15">
         <v>1</v>
       </c>
       <c r="G24" s="18">
-        <v>9742.0</v>
+        <v>6024.0</v>
       </c>
     </row>
     <row r="25" spans="1:9" customHeight="1" ht="130">
       <c r="A25" s="15">
         <v>16</v>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D25" s="16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E25" s="17">
-        <v>9742.0</v>
+        <v>3729.0</v>
       </c>
       <c r="F25" s="15">
         <v>1</v>
       </c>
       <c r="G25" s="18">
-        <v>9742.0</v>
+        <v>3729.0</v>
       </c>
     </row>
     <row r="26" spans="1:9" customHeight="1" ht="130">
       <c r="A26" s="15">
         <v>17</v>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D26" s="16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E26" s="17">
-        <v>12165.0</v>
+        <v>6024.0</v>
       </c>
       <c r="F26" s="15">
         <v>1</v>
       </c>
       <c r="G26" s="18">
-        <v>12165.0</v>
+        <v>6024.0</v>
       </c>
     </row>
     <row r="27" spans="1:9" customHeight="1" ht="130">
       <c r="A27" s="15">
         <v>18</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D27" s="16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E27" s="17">
-        <v>12165.0</v>
+        <v>4877.0</v>
       </c>
       <c r="F27" s="15">
         <v>1</v>
       </c>
       <c r="G27" s="18">
-        <v>12165.0</v>
+        <v>4877.0</v>
       </c>
     </row>
     <row r="28" spans="1:9" customHeight="1" ht="130">
       <c r="A28" s="15">
         <v>19</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D28" s="16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E28" s="17">
-        <v>12165.0</v>
+        <v>7229.0</v>
       </c>
       <c r="F28" s="15">
         <v>1</v>
       </c>
       <c r="G28" s="18">
-        <v>12165.0</v>
+        <v>7229.0</v>
       </c>
     </row>
     <row r="29" spans="1:9" customHeight="1" ht="130">
       <c r="A29" s="15">
         <v>20</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D29" s="16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E29" s="17">
-        <v>19675.0</v>
+        <v>5453.0</v>
       </c>
       <c r="F29" s="15">
         <v>1</v>
       </c>
       <c r="G29" s="18">
-        <v>19675.0</v>
+        <v>5453.0</v>
       </c>
     </row>
     <row r="30" spans="1:9" customHeight="1" ht="130">
       <c r="A30" s="15">
         <v>21</v>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D30" s="16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E30" s="17">
-        <v>36840.0</v>
+        <v>2777.0</v>
       </c>
       <c r="F30" s="15">
         <v>1</v>
       </c>
       <c r="G30" s="18">
-        <v>36840.0</v>
+        <v>2777.0</v>
       </c>
     </row>
     <row r="31" spans="1:9" customHeight="1" ht="130">
       <c r="A31" s="15">
         <v>22</v>
       </c>
       <c r="B31" s="6"/>
       <c r="C31" s="16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D31" s="16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E31" s="17">
-        <v>19675.0</v>
+        <v>7826.0</v>
       </c>
       <c r="F31" s="15">
         <v>1</v>
       </c>
       <c r="G31" s="18">
-        <v>19675.0</v>
+        <v>7826.0</v>
       </c>
     </row>
     <row r="32" spans="1:9" customHeight="1" ht="130">
       <c r="A32" s="15">
         <v>23</v>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="16" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D32" s="16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E32" s="17">
-        <v>36840.0</v>
+        <v>10390.0</v>
       </c>
       <c r="F32" s="15">
         <v>1</v>
       </c>
       <c r="G32" s="18">
-        <v>36840.0</v>
+        <v>10390.0</v>
       </c>
     </row>
     <row r="33" spans="1:9" customHeight="1" ht="130">
       <c r="A33" s="15">
         <v>24</v>
       </c>
       <c r="B33" s="6"/>
       <c r="C33" s="16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D33" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E33" s="17">
-        <v>6269.0</v>
+        <v>1578.0</v>
       </c>
       <c r="F33" s="15">
         <v>1</v>
       </c>
       <c r="G33" s="18">
-        <v>6269.0</v>
+        <v>1578.0</v>
       </c>
     </row>
     <row r="34" spans="1:9" customHeight="1" ht="130">
       <c r="A34" s="15">
         <v>25</v>
       </c>
       <c r="B34" s="6"/>
       <c r="C34" s="16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D34" s="16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E34" s="17">
-        <v>11230.0</v>
+        <v>1406.0</v>
       </c>
       <c r="F34" s="15">
         <v>1</v>
       </c>
       <c r="G34" s="18">
-        <v>11230.0</v>
+        <v>1406.0</v>
       </c>
     </row>
     <row r="35" spans="1:9" customHeight="1" ht="130">
       <c r="A35" s="15">
         <v>26</v>
       </c>
       <c r="B35" s="6"/>
       <c r="C35" s="16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D35" s="16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E35" s="17">
-        <v>17284.0</v>
+        <v>1377.0</v>
       </c>
       <c r="F35" s="15">
         <v>1</v>
       </c>
       <c r="G35" s="18">
-        <v>17284.0</v>
+        <v>1377.0</v>
       </c>
     </row>
     <row r="36" spans="1:9" customHeight="1" ht="130">
       <c r="A36" s="15">
         <v>27</v>
       </c>
       <c r="B36" s="6"/>
       <c r="C36" s="16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D36" s="16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E36" s="17">
-        <v>6269.0</v>
+        <v>1607.0</v>
       </c>
       <c r="F36" s="15">
         <v>1</v>
       </c>
       <c r="G36" s="18">
-        <v>6269.0</v>
+        <v>1607.0</v>
       </c>
     </row>
     <row r="37" spans="1:9" customHeight="1" ht="130">
       <c r="A37" s="15">
         <v>28</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D37" s="16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E37" s="17">
-        <v>11230.0</v>
+        <v>2037.0</v>
       </c>
       <c r="F37" s="15">
         <v>1</v>
       </c>
       <c r="G37" s="18">
-        <v>11230.0</v>
+        <v>2037.0</v>
       </c>
     </row>
     <row r="38" spans="1:9" customHeight="1" ht="130">
       <c r="A38" s="15">
         <v>29</v>
       </c>
       <c r="B38" s="6"/>
       <c r="C38" s="16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D38" s="16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E38" s="17">
-        <v>17284.0</v>
+        <v>1578.0</v>
       </c>
       <c r="F38" s="15">
         <v>1</v>
       </c>
       <c r="G38" s="18">
-        <v>17284.0</v>
+        <v>1578.0</v>
       </c>
     </row>
     <row r="39" spans="1:9" customHeight="1" ht="130">
       <c r="A39" s="15">
         <v>30</v>
       </c>
       <c r="B39" s="6"/>
       <c r="C39" s="16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D39" s="16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E39" s="17">
-        <v>15757.0</v>
+        <v>2238.0</v>
       </c>
       <c r="F39" s="15">
         <v>1</v>
       </c>
       <c r="G39" s="18">
-        <v>15757.0</v>
+        <v>2238.0</v>
       </c>
     </row>
     <row r="40" spans="1:9" customHeight="1" ht="130">
       <c r="A40" s="15">
         <v>31</v>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D40" s="16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E40" s="17">
-        <v>25328.0</v>
+        <v>2238.0</v>
       </c>
       <c r="F40" s="15">
         <v>1</v>
       </c>
       <c r="G40" s="18">
-        <v>25328.0</v>
+        <v>2238.0</v>
       </c>
     </row>
     <row r="41" spans="1:9" customHeight="1" ht="130">
       <c r="A41" s="15">
         <v>32</v>
       </c>
       <c r="B41" s="6"/>
       <c r="C41" s="16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D41" s="16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E41" s="17">
-        <v>15757.0</v>
+        <v>1520.0</v>
       </c>
       <c r="F41" s="15">
         <v>1</v>
       </c>
       <c r="G41" s="18">
-        <v>15757.0</v>
+        <v>1520.0</v>
       </c>
     </row>
     <row r="42" spans="1:9" customHeight="1" ht="130">
       <c r="A42" s="15">
         <v>33</v>
       </c>
       <c r="B42" s="6"/>
       <c r="C42" s="16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D42" s="16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E42" s="17">
-        <v>25328.0</v>
+        <v>1890.0</v>
       </c>
       <c r="F42" s="15">
         <v>1</v>
       </c>
       <c r="G42" s="18">
-        <v>25328.0</v>
+        <v>1890.0</v>
       </c>
     </row>
     <row r="43" spans="1:9" customHeight="1" ht="130">
       <c r="A43" s="15">
         <v>34</v>
       </c>
       <c r="B43" s="6"/>
       <c r="C43" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D43" s="16" t="s">
         <v>72</v>
       </c>
-      <c r="D43" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="17">
-        <v>10271.0</v>
+        <v>1890.0</v>
       </c>
       <c r="F43" s="15">
         <v>1</v>
       </c>
       <c r="G43" s="18">
-        <v>10271.0</v>
+        <v>1890.0</v>
       </c>
     </row>
     <row r="44" spans="1:9" customHeight="1" ht="130">
       <c r="A44" s="15">
         <v>35</v>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="16" t="s">
         <v>74</v>
       </c>
       <c r="D44" s="16" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E44" s="17">
-        <v>21155.0</v>
+        <v>1890.0</v>
       </c>
       <c r="F44" s="15">
         <v>1</v>
       </c>
       <c r="G44" s="18">
-        <v>21155.0</v>
+        <v>1890.0</v>
       </c>
     </row>
     <row r="45" spans="1:9" customHeight="1" ht="130">
       <c r="A45" s="15">
         <v>36</v>
       </c>
       <c r="B45" s="6"/>
       <c r="C45" s="16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D45" s="16" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E45" s="17">
-        <v>10271.0</v>
+        <v>1890.0</v>
       </c>
       <c r="F45" s="15">
         <v>1</v>
       </c>
       <c r="G45" s="18">
-        <v>10271.0</v>
+        <v>1890.0</v>
       </c>
     </row>
     <row r="46" spans="1:9" customHeight="1" ht="130">
       <c r="A46" s="15">
         <v>37</v>
       </c>
       <c r="B46" s="6"/>
       <c r="C46" s="16" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D46" s="16" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E46" s="17">
-        <v>21155.0</v>
+        <v>2329.0</v>
       </c>
       <c r="F46" s="15">
         <v>1</v>
       </c>
       <c r="G46" s="18">
-        <v>21155.0</v>
+        <v>2329.0</v>
       </c>
     </row>
     <row r="47" spans="1:9" customHeight="1" ht="130">
       <c r="A47" s="15">
         <v>38</v>
       </c>
       <c r="B47" s="6"/>
       <c r="C47" s="16" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D47" s="16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E47" s="17">
-        <v>11115.0</v>
+        <v>2329.0</v>
       </c>
       <c r="F47" s="15">
         <v>1</v>
       </c>
       <c r="G47" s="18">
-        <v>11115.0</v>
+        <v>2329.0</v>
       </c>
     </row>
     <row r="48" spans="1:9" customHeight="1" ht="130">
       <c r="A48" s="15">
         <v>39</v>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="16" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D48" s="16" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="E48" s="17">
-        <v>22874.0</v>
+        <v>1990.0</v>
       </c>
       <c r="F48" s="15">
         <v>1</v>
       </c>
       <c r="G48" s="18">
-        <v>22874.0</v>
+        <v>1990.0</v>
       </c>
     </row>
     <row r="49" spans="1:9" customHeight="1" ht="130">
       <c r="A49" s="15">
         <v>40</v>
       </c>
       <c r="B49" s="6"/>
       <c r="C49" s="16" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D49" s="16" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E49" s="17">
-        <v>21207.0</v>
+        <v>2790.0</v>
       </c>
       <c r="F49" s="15">
         <v>1</v>
       </c>
       <c r="G49" s="18">
-        <v>21207.0</v>
+        <v>2790.0</v>
       </c>
     </row>
     <row r="50" spans="1:9" customHeight="1" ht="130">
       <c r="A50" s="15">
         <v>41</v>
       </c>
       <c r="B50" s="6"/>
       <c r="C50" s="16" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D50" s="16" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E50" s="17">
-        <v>21207.0</v>
+        <v>1727.0</v>
       </c>
       <c r="F50" s="15">
         <v>1</v>
       </c>
       <c r="G50" s="18">
-        <v>21207.0</v>
+        <v>1727.0</v>
       </c>
     </row>
     <row r="51" spans="1:9" customHeight="1" ht="130">
       <c r="A51" s="15">
         <v>42</v>
       </c>
       <c r="B51" s="6"/>
       <c r="C51" s="16" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D51" s="16" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E51" s="17">
-        <v>23053.0</v>
+        <v>1520.0</v>
       </c>
       <c r="F51" s="15">
         <v>1</v>
       </c>
       <c r="G51" s="18">
-        <v>23053.0</v>
+        <v>1520.0</v>
       </c>
     </row>
     <row r="52" spans="1:9" customHeight="1" ht="130">
       <c r="A52" s="15">
         <v>43</v>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="16" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D52" s="16" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E52" s="17">
-        <v>10200.0</v>
+        <v>2209.0</v>
       </c>
       <c r="F52" s="15">
         <v>1</v>
       </c>
       <c r="G52" s="18">
-        <v>10200.0</v>
+        <v>2209.0</v>
       </c>
     </row>
     <row r="53" spans="1:9" customHeight="1" ht="130">
       <c r="A53" s="15">
         <v>44</v>
       </c>
       <c r="B53" s="6"/>
       <c r="C53" s="16" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D53" s="16" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E53" s="17">
-        <v>16600.0</v>
+        <v>1664.0</v>
       </c>
       <c r="F53" s="15">
         <v>1</v>
       </c>
       <c r="G53" s="18">
-        <v>16600.0</v>
+        <v>1664.0</v>
       </c>
     </row>
     <row r="54" spans="1:9" customHeight="1" ht="130">
       <c r="A54" s="15">
         <v>45</v>
       </c>
       <c r="B54" s="6"/>
       <c r="C54" s="16" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D54" s="16" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="E54" s="17">
-        <v>10200.0</v>
+        <v>1193.0</v>
       </c>
       <c r="F54" s="15">
         <v>1</v>
       </c>
       <c r="G54" s="18">
-        <v>10200.0</v>
+        <v>1193.0</v>
       </c>
     </row>
     <row r="55" spans="1:9" customHeight="1" ht="130">
       <c r="A55" s="15">
         <v>46</v>
       </c>
       <c r="B55" s="6"/>
       <c r="C55" s="16" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D55" s="16" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E55" s="17">
-        <v>16600.0</v>
+        <v>1607.0</v>
       </c>
       <c r="F55" s="15">
         <v>1</v>
       </c>
       <c r="G55" s="18">
-        <v>16600.0</v>
+        <v>1607.0</v>
       </c>
     </row>
     <row r="56" spans="1:9" customHeight="1" ht="130">
       <c r="A56" s="15">
         <v>47</v>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="16" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D56" s="16" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E56" s="17">
-        <v>5800.0</v>
+        <v>717.0</v>
       </c>
       <c r="F56" s="15">
         <v>1</v>
       </c>
       <c r="G56" s="18">
-        <v>5800.0</v>
+        <v>717.0</v>
       </c>
     </row>
     <row r="57" spans="1:9" customHeight="1" ht="130">
       <c r="A57" s="15">
         <v>48</v>
       </c>
       <c r="B57" s="6"/>
       <c r="C57" s="16" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D57" s="16" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E57" s="17">
-        <v>10800.0</v>
+        <v>1004.0</v>
       </c>
       <c r="F57" s="15">
         <v>1</v>
       </c>
       <c r="G57" s="18">
-        <v>10800.0</v>
+        <v>1004.0</v>
       </c>
     </row>
     <row r="58" spans="1:9" customHeight="1" ht="130">
       <c r="A58" s="15">
         <v>49</v>
       </c>
       <c r="B58" s="6"/>
       <c r="C58" s="16" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D58" s="16" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E58" s="17">
-        <v>14800.0</v>
+        <v>1348.0</v>
       </c>
       <c r="F58" s="15">
         <v>1</v>
       </c>
       <c r="G58" s="18">
-        <v>14800.0</v>
+        <v>1348.0</v>
       </c>
     </row>
     <row r="59" spans="1:9" customHeight="1" ht="130">
       <c r="A59" s="15">
         <v>50</v>
       </c>
       <c r="B59" s="6"/>
       <c r="C59" s="16" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D59" s="16" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E59" s="17">
-        <v>5800.0</v>
+        <v>1807.0</v>
       </c>
       <c r="F59" s="15">
         <v>1</v>
       </c>
       <c r="G59" s="18">
-        <v>5800.0</v>
+        <v>1807.0</v>
       </c>
     </row>
     <row r="60" spans="1:9" customHeight="1" ht="130">
       <c r="A60" s="15">
         <v>51</v>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="16" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D60" s="16" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E60" s="17">
-        <v>10800.0</v>
+        <v>1463.0</v>
       </c>
       <c r="F60" s="15">
         <v>1</v>
       </c>
       <c r="G60" s="18">
-        <v>10800.0</v>
+        <v>1463.0</v>
       </c>
     </row>
     <row r="61" spans="1:9" customHeight="1" ht="130">
       <c r="A61" s="15">
         <v>52</v>
       </c>
       <c r="B61" s="6"/>
       <c r="C61" s="16" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D61" s="16" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E61" s="17">
-        <v>14800.0</v>
+        <v>2152.0</v>
       </c>
       <c r="F61" s="15">
         <v>1</v>
       </c>
       <c r="G61" s="18">
-        <v>14800.0</v>
+        <v>2152.0</v>
       </c>
     </row>
     <row r="62" spans="1:9" customHeight="1" ht="130">
       <c r="A62" s="15">
         <v>53</v>
       </c>
       <c r="B62" s="6"/>
       <c r="C62" s="16" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D62" s="16" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E62" s="17">
-        <v>12200.0</v>
+        <v>1492.0</v>
       </c>
       <c r="F62" s="15">
         <v>1</v>
       </c>
       <c r="G62" s="18">
-        <v>12200.0</v>
+        <v>1492.0</v>
       </c>
     </row>
     <row r="63" spans="1:9" customHeight="1" ht="130">
       <c r="A63" s="15">
         <v>54</v>
       </c>
       <c r="B63" s="6"/>
       <c r="C63" s="16" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D63" s="16" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="E63" s="17">
-        <v>20100.0</v>
+        <v>2295.0</v>
       </c>
       <c r="F63" s="15">
         <v>1</v>
       </c>
       <c r="G63" s="18">
-        <v>20100.0</v>
+        <v>2295.0</v>
       </c>
     </row>
     <row r="64" spans="1:9" customHeight="1" ht="130">
       <c r="A64" s="15">
         <v>55</v>
       </c>
       <c r="B64" s="6"/>
       <c r="C64" s="16" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D64" s="16" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E64" s="17">
-        <v>12200.0</v>
+        <v>3701.0</v>
       </c>
       <c r="F64" s="15">
         <v>1</v>
       </c>
       <c r="G64" s="18">
-        <v>12200.0</v>
+        <v>3701.0</v>
       </c>
     </row>
     <row r="65" spans="1:9" customHeight="1" ht="130">
       <c r="A65" s="15">
         <v>56</v>
       </c>
       <c r="B65" s="6"/>
       <c r="C65" s="16" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D65" s="16" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E65" s="17">
-        <v>20100.0</v>
+        <v>1860.0</v>
       </c>
       <c r="F65" s="15">
         <v>1</v>
       </c>
       <c r="G65" s="18">
-        <v>20100.0</v>
+        <v>1860.0</v>
       </c>
     </row>
     <row r="66" spans="1:9" customHeight="1" ht="130">
       <c r="A66" s="15">
         <v>57</v>
       </c>
       <c r="B66" s="6"/>
       <c r="C66" s="16" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D66" s="16" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E66" s="17">
-        <v>7100.0</v>
+        <v>1094.0</v>
       </c>
       <c r="F66" s="15">
         <v>1</v>
       </c>
       <c r="G66" s="18">
-        <v>7100.0</v>
+        <v>1094.0</v>
       </c>
     </row>
     <row r="67" spans="1:9" customHeight="1" ht="130">
       <c r="A67" s="15">
         <v>58</v>
       </c>
       <c r="B67" s="6"/>
       <c r="C67" s="16" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D67" s="16" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="E67" s="17">
-        <v>13200.0</v>
+        <v>590.0</v>
       </c>
       <c r="F67" s="15">
         <v>1</v>
       </c>
       <c r="G67" s="18">
-        <v>13200.0</v>
+        <v>590.0</v>
       </c>
     </row>
     <row r="68" spans="1:9" customHeight="1" ht="130">
       <c r="A68" s="15">
         <v>59</v>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="16" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D68" s="16" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="E68" s="17">
-        <v>19800.0</v>
+        <v>1094.0</v>
       </c>
       <c r="F68" s="15">
         <v>1</v>
       </c>
       <c r="G68" s="18">
-        <v>19800.0</v>
+        <v>1094.0</v>
       </c>
     </row>
     <row r="69" spans="1:9" customHeight="1" ht="130">
       <c r="A69" s="15">
         <v>60</v>
       </c>
       <c r="B69" s="6"/>
       <c r="C69" s="16" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D69" s="16" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="E69" s="17">
-        <v>7100.0</v>
+        <v>590.0</v>
       </c>
       <c r="F69" s="15">
         <v>1</v>
       </c>
       <c r="G69" s="18">
-        <v>7100.0</v>
+        <v>590.0</v>
       </c>
     </row>
     <row r="70" spans="1:9" customHeight="1" ht="130">
       <c r="A70" s="15">
         <v>61</v>
       </c>
       <c r="B70" s="6"/>
       <c r="C70" s="16" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="D70" s="16" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="E70" s="17">
-        <v>13200.0</v>
+        <v>1690.0</v>
       </c>
       <c r="F70" s="15">
         <v>1</v>
       </c>
       <c r="G70" s="18">
-        <v>13200.0</v>
+        <v>1690.0</v>
       </c>
     </row>
     <row r="71" spans="1:9" customHeight="1" ht="130">
       <c r="A71" s="15">
         <v>62</v>
       </c>
       <c r="B71" s="6"/>
       <c r="C71" s="16" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D71" s="16" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="E71" s="17">
-        <v>19800.0</v>
+        <v>1990.0</v>
       </c>
       <c r="F71" s="15">
         <v>1</v>
       </c>
       <c r="G71" s="18">
-        <v>19800.0</v>
+        <v>1990.0</v>
       </c>
     </row>
     <row r="72" spans="1:9" customHeight="1" ht="130">
       <c r="A72" s="15">
         <v>63</v>
       </c>
       <c r="B72" s="6"/>
       <c r="C72" s="16" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D72" s="16" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="E72" s="17">
-        <v>790.0</v>
+        <v>1406.0</v>
       </c>
       <c r="F72" s="15">
         <v>1</v>
       </c>
       <c r="G72" s="18">
-        <v>790.0</v>
+        <v>1406.0</v>
       </c>
     </row>
     <row r="73" spans="1:9" customHeight="1" ht="130">
       <c r="A73" s="15">
         <v>64</v>
       </c>
       <c r="B73" s="6"/>
       <c r="C73" s="16" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="D73" s="16" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="E73" s="17">
-        <v>552.0</v>
+        <v>1635.0</v>
       </c>
       <c r="F73" s="15">
         <v>1</v>
       </c>
       <c r="G73" s="18">
-        <v>552.0</v>
+        <v>1635.0</v>
       </c>
     </row>
     <row r="74" spans="1:9" customHeight="1" ht="130">
       <c r="A74" s="15">
         <v>65</v>
       </c>
       <c r="B74" s="6"/>
       <c r="C74" s="16" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D74" s="16" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E74" s="17">
-        <v>160.0</v>
+        <v>4439.0</v>
       </c>
       <c r="F74" s="15">
         <v>1</v>
       </c>
       <c r="G74" s="18">
-        <v>160.0</v>
+        <v>4439.0</v>
       </c>
     </row>
     <row r="75" spans="1:9" customHeight="1" ht="130">
       <c r="A75" s="15">
         <v>66</v>
       </c>
       <c r="B75" s="6"/>
       <c r="C75" s="16" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="D75" s="16" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="E75" s="17">
-        <v>3314.0</v>
+        <v>6772.0</v>
       </c>
       <c r="F75" s="15">
         <v>1</v>
       </c>
       <c r="G75" s="18">
-        <v>3314.0</v>
+        <v>6772.0</v>
       </c>
     </row>
     <row r="76" spans="1:9" customHeight="1" ht="130">
       <c r="A76" s="15">
         <v>67</v>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="16" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D76" s="16" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="E76" s="17">
-        <v>1972.0</v>
+        <v>9029.0</v>
       </c>
       <c r="F76" s="15">
         <v>1</v>
       </c>
       <c r="G76" s="18">
-        <v>1972.0</v>
+        <v>9029.0</v>
       </c>
     </row>
     <row r="77" spans="1:9" customHeight="1" ht="130">
       <c r="A77" s="15">
         <v>68</v>
       </c>
       <c r="B77" s="6"/>
       <c r="C77" s="16" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D77" s="16" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="E77" s="17">
-        <v>224.0</v>
+        <v>2030.0</v>
       </c>
       <c r="F77" s="15">
         <v>1</v>
       </c>
       <c r="G77" s="18">
-        <v>224.0</v>
+        <v>2030.0</v>
       </c>
     </row>
     <row r="78" spans="1:9" customHeight="1" ht="130">
       <c r="A78" s="15">
         <v>69</v>
       </c>
       <c r="B78" s="6"/>
       <c r="C78" s="16" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="D78" s="16" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E78" s="17">
-        <v>285.0</v>
+        <v>4915.0</v>
       </c>
       <c r="F78" s="15">
         <v>1</v>
       </c>
       <c r="G78" s="18">
-        <v>285.0</v>
+        <v>4915.0</v>
       </c>
     </row>
     <row r="79" spans="1:9" customHeight="1" ht="130">
       <c r="A79" s="15">
         <v>70</v>
       </c>
       <c r="B79" s="6"/>
       <c r="C79" s="16" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D79" s="16" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="E79" s="17">
-        <v>145.0</v>
+        <v>14745.0</v>
       </c>
       <c r="F79" s="15">
         <v>1</v>
       </c>
       <c r="G79" s="18">
-        <v>145.0</v>
+        <v>14745.0</v>
       </c>
     </row>
     <row r="80" spans="1:9" customHeight="1" ht="130">
       <c r="A80" s="15">
         <v>71</v>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="16" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D80" s="16" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="E80" s="17">
-        <v>1301.0</v>
+        <v>969.0</v>
       </c>
       <c r="F80" s="15">
         <v>1</v>
       </c>
       <c r="G80" s="18">
-        <v>1301.0</v>
+        <v>969.0</v>
       </c>
     </row>
     <row r="81" spans="1:9" customHeight="1" ht="130">
       <c r="A81" s="15">
         <v>72</v>
       </c>
       <c r="B81" s="6"/>
       <c r="C81" s="16" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="D81" s="16" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E81" s="17">
-        <v>1301.0</v>
+        <v>13315.0</v>
       </c>
       <c r="F81" s="15">
         <v>1</v>
       </c>
       <c r="G81" s="18">
-        <v>1301.0</v>
+        <v>13315.0</v>
       </c>
     </row>
     <row r="82" spans="1:9" customHeight="1" ht="130">
       <c r="A82" s="15">
         <v>73</v>
       </c>
       <c r="B82" s="6"/>
       <c r="C82" s="16" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D82" s="16" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E82" s="17">
-        <v>2322.0</v>
+        <v>10790.0</v>
       </c>
       <c r="F82" s="15">
         <v>1</v>
       </c>
       <c r="G82" s="18">
-        <v>2322.0</v>
+        <v>10790.0</v>
       </c>
     </row>
     <row r="83" spans="1:9" customHeight="1" ht="130">
       <c r="A83" s="15">
         <v>74</v>
       </c>
       <c r="B83" s="6"/>
       <c r="C83" s="16" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D83" s="16" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E83" s="17">
-        <v>731.0</v>
+        <v>23551.0</v>
       </c>
       <c r="F83" s="15">
         <v>1</v>
       </c>
       <c r="G83" s="18">
-        <v>731.0</v>
+        <v>23551.0</v>
       </c>
     </row>
     <row r="84" spans="1:9" customHeight="1" ht="130">
       <c r="A84" s="15">
         <v>75</v>
       </c>
       <c r="B84" s="6"/>
       <c r="C84" s="16" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="D84" s="16" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E84" s="17">
-        <v>1785.0</v>
+        <v>7926.0</v>
       </c>
       <c r="F84" s="15">
         <v>1</v>
       </c>
       <c r="G84" s="18">
-        <v>1785.0</v>
+        <v>7926.0</v>
       </c>
     </row>
     <row r="85" spans="1:9" customHeight="1" ht="130">
       <c r="A85" s="15">
         <v>76</v>
       </c>
       <c r="B85" s="6"/>
       <c r="C85" s="16" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D85" s="16" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="E85" s="17">
-        <v>1125.0</v>
+        <v>7210.0</v>
       </c>
       <c r="F85" s="15">
         <v>1</v>
       </c>
       <c r="G85" s="18">
-        <v>1125.0</v>
+        <v>7210.0</v>
       </c>
     </row>
     <row r="86" spans="1:9" customHeight="1" ht="130">
       <c r="A86" s="15">
         <v>77</v>
       </c>
       <c r="B86" s="6"/>
       <c r="C86" s="16" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="D86" s="16" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="E86" s="17">
-        <v>84.0</v>
+        <v>12637.0</v>
       </c>
       <c r="F86" s="15">
         <v>1</v>
       </c>
       <c r="G86" s="18">
-        <v>84.0</v>
+        <v>12637.0</v>
       </c>
     </row>
     <row r="87" spans="1:9" customHeight="1" ht="130">
       <c r="A87" s="15">
         <v>78</v>
       </c>
       <c r="B87" s="6"/>
       <c r="C87" s="16" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D87" s="16" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E87" s="17">
-        <v>932.0</v>
+        <v>3409.0</v>
       </c>
       <c r="F87" s="15">
         <v>1</v>
       </c>
       <c r="G87" s="18">
-        <v>932.0</v>
+        <v>3409.0</v>
       </c>
     </row>
     <row r="88" spans="1:9" customHeight="1" ht="130">
       <c r="A88" s="15">
         <v>79</v>
       </c>
       <c r="B88" s="6"/>
       <c r="C88" s="16" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D88" s="16" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E88" s="17">
-        <v>1080.0</v>
+        <v>4629.0</v>
       </c>
       <c r="F88" s="15">
         <v>1</v>
       </c>
       <c r="G88" s="18">
-        <v>1080.0</v>
+        <v>4629.0</v>
       </c>
     </row>
     <row r="89" spans="1:9" customHeight="1" ht="130">
       <c r="A89" s="15">
         <v>80</v>
       </c>
       <c r="B89" s="6"/>
       <c r="C89" s="16" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D89" s="16" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="E89" s="17">
-        <v>925.0</v>
+        <v>7233.0</v>
       </c>
       <c r="F89" s="15">
         <v>1</v>
       </c>
       <c r="G89" s="18">
-        <v>925.0</v>
+        <v>7233.0</v>
       </c>
     </row>
     <row r="90" spans="1:9" customHeight="1" ht="130">
       <c r="A90" s="15">
         <v>81</v>
       </c>
       <c r="B90" s="6"/>
       <c r="C90" s="16" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="D90" s="16" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E90" s="17">
-        <v>2154.0</v>
+        <v>3796.0</v>
       </c>
       <c r="F90" s="15">
         <v>1</v>
       </c>
       <c r="G90" s="18">
-        <v>2154.0</v>
+        <v>3796.0</v>
       </c>
     </row>
     <row r="91" spans="1:9" customHeight="1" ht="130">
       <c r="A91" s="15">
         <v>82</v>
       </c>
       <c r="B91" s="6"/>
       <c r="C91" s="16" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D91" s="16" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="E91" s="17">
-        <v>432.0</v>
+        <v>5840.0</v>
       </c>
       <c r="F91" s="15">
         <v>1</v>
       </c>
       <c r="G91" s="18">
-        <v>432.0</v>
+        <v>5840.0</v>
       </c>
     </row>
     <row r="92" spans="1:9" customHeight="1" ht="130">
       <c r="A92" s="15">
         <v>83</v>
       </c>
       <c r="B92" s="6"/>
       <c r="C92" s="16" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D92" s="16" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="E92" s="17">
-        <v>2761.0</v>
+        <v>4044.0</v>
       </c>
       <c r="F92" s="15">
         <v>1</v>
       </c>
       <c r="G92" s="18">
-        <v>2761.0</v>
+        <v>4044.0</v>
       </c>
     </row>
     <row r="93" spans="1:9" customHeight="1" ht="130">
       <c r="A93" s="15">
         <v>84</v>
       </c>
       <c r="B93" s="6"/>
       <c r="C93" s="16" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D93" s="16" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="E93" s="17">
-        <v>241.0</v>
+        <v>6324.0</v>
       </c>
       <c r="F93" s="15">
         <v>1</v>
       </c>
       <c r="G93" s="18">
-        <v>241.0</v>
+        <v>6324.0</v>
       </c>
     </row>
     <row r="94" spans="1:9" customHeight="1" ht="130">
       <c r="A94" s="15">
         <v>85</v>
       </c>
       <c r="B94" s="6"/>
       <c r="C94" s="16" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D94" s="16" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E94" s="17">
-        <v>494.0</v>
+        <v>2539.0</v>
       </c>
       <c r="F94" s="15">
         <v>1</v>
       </c>
       <c r="G94" s="18">
-        <v>494.0</v>
+        <v>2539.0</v>
       </c>
     </row>
     <row r="95" spans="1:9" customHeight="1" ht="130">
       <c r="A95" s="15">
         <v>86</v>
       </c>
       <c r="B95" s="6"/>
       <c r="C95" s="16" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="D95" s="16" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="E95" s="17">
-        <v>134.0</v>
+        <v>3963.0</v>
       </c>
       <c r="F95" s="15">
         <v>1</v>
       </c>
       <c r="G95" s="18">
-        <v>134.0</v>
+        <v>3963.0</v>
       </c>
     </row>
     <row r="96" spans="1:9" customHeight="1" ht="130">
       <c r="A96" s="15">
         <v>87</v>
       </c>
       <c r="B96" s="6"/>
       <c r="C96" s="16" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D96" s="16" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E96" s="17">
-        <v>229.0</v>
+        <v>2005.0</v>
       </c>
       <c r="F96" s="15">
         <v>1</v>
       </c>
       <c r="G96" s="18">
-        <v>229.0</v>
+        <v>2005.0</v>
       </c>
     </row>
     <row r="97" spans="1:9" customHeight="1" ht="130">
       <c r="A97" s="15">
         <v>88</v>
       </c>
       <c r="B97" s="6"/>
       <c r="C97" s="16" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D97" s="16" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E97" s="17">
-        <v>229.0</v>
+        <v>3131.0</v>
       </c>
       <c r="F97" s="15">
         <v>1</v>
       </c>
       <c r="G97" s="18">
-        <v>229.0</v>
+        <v>3131.0</v>
       </c>
     </row>
     <row r="98" spans="1:9" customHeight="1" ht="130">
       <c r="A98" s="15">
         <v>89</v>
       </c>
       <c r="B98" s="6"/>
       <c r="C98" s="16" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D98" s="16" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E98" s="17">
-        <v>229.0</v>
+        <v>1420.0</v>
       </c>
       <c r="F98" s="15">
         <v>1</v>
       </c>
       <c r="G98" s="18">
-        <v>229.0</v>
+        <v>1420.0</v>
       </c>
     </row>
     <row r="99" spans="1:9" customHeight="1" ht="130">
       <c r="A99" s="15">
         <v>90</v>
       </c>
       <c r="B99" s="6"/>
       <c r="C99" s="16" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D99" s="16" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E99" s="17">
-        <v>229.0</v>
+        <v>2635.0</v>
       </c>
       <c r="F99" s="15">
         <v>1</v>
       </c>
       <c r="G99" s="18">
-        <v>229.0</v>
+        <v>2635.0</v>
       </c>
     </row>
     <row r="100" spans="1:9" customHeight="1" ht="130">
       <c r="A100" s="15">
         <v>91</v>
       </c>
       <c r="B100" s="6"/>
       <c r="C100" s="16" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D100" s="16" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E100" s="17">
-        <v>1090.0</v>
+        <v>4056.0</v>
       </c>
       <c r="F100" s="15">
         <v>1</v>
       </c>
       <c r="G100" s="18">
-        <v>1090.0</v>
+        <v>4056.0</v>
       </c>
     </row>
     <row r="101" spans="1:9" customHeight="1" ht="130">
       <c r="A101" s="15">
         <v>92</v>
       </c>
       <c r="B101" s="6"/>
       <c r="C101" s="16" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D101" s="16" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E101" s="17">
-        <v>261.0</v>
+        <v>1204.0</v>
       </c>
       <c r="F101" s="15">
         <v>1</v>
       </c>
       <c r="G101" s="18">
-        <v>261.0</v>
+        <v>1204.0</v>
       </c>
     </row>
     <row r="102" spans="1:9" customHeight="1" ht="130">
       <c r="A102" s="15">
         <v>93</v>
       </c>
       <c r="B102" s="6"/>
       <c r="C102" s="16" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D102" s="16" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E102" s="17">
-        <v>216.0</v>
+        <v>2136.0</v>
       </c>
       <c r="F102" s="15">
         <v>1</v>
       </c>
       <c r="G102" s="18">
-        <v>216.0</v>
+        <v>2136.0</v>
       </c>
     </row>
     <row r="103" spans="1:9" customHeight="1" ht="130">
       <c r="A103" s="15">
         <v>94</v>
       </c>
       <c r="B103" s="6"/>
       <c r="C103" s="16" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D103" s="16" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E103" s="17">
-        <v>216.0</v>
+        <v>3340.0</v>
       </c>
       <c r="F103" s="15">
         <v>1</v>
       </c>
       <c r="G103" s="18">
-        <v>216.0</v>
+        <v>3340.0</v>
       </c>
     </row>
     <row r="104" spans="1:9" customHeight="1" ht="130">
       <c r="A104" s="15">
         <v>95</v>
       </c>
       <c r="B104" s="6"/>
       <c r="C104" s="16" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D104" s="16" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E104" s="17">
-        <v>520.0</v>
+        <v>948.0</v>
       </c>
       <c r="F104" s="15">
         <v>1</v>
       </c>
       <c r="G104" s="18">
-        <v>520.0</v>
+        <v>948.0</v>
       </c>
     </row>
     <row r="105" spans="1:9" customHeight="1" ht="130">
       <c r="A105" s="15">
         <v>96</v>
       </c>
       <c r="B105" s="6"/>
       <c r="C105" s="16" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D105" s="16" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E105" s="17">
-        <v>410.0</v>
+        <v>1683.0</v>
       </c>
       <c r="F105" s="15">
         <v>1</v>
       </c>
       <c r="G105" s="18">
-        <v>410.0</v>
+        <v>1683.0</v>
       </c>
     </row>
     <row r="106" spans="1:9" customHeight="1" ht="130">
       <c r="A106" s="15">
         <v>97</v>
       </c>
       <c r="B106" s="6"/>
       <c r="C106" s="16" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D106" s="16" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="E106" s="17">
-        <v>7839.22</v>
+        <v>2635.0</v>
       </c>
       <c r="F106" s="15">
         <v>1</v>
       </c>
       <c r="G106" s="18">
-        <v>7839.22</v>
+        <v>2635.0</v>
       </c>
     </row>
     <row r="107" spans="1:9" customHeight="1" ht="130">
       <c r="A107" s="15">
         <v>98</v>
       </c>
       <c r="B107" s="6"/>
       <c r="C107" s="16" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D107" s="16" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E107" s="17">
-        <v>139.0</v>
+        <v>2786.0</v>
       </c>
       <c r="F107" s="15">
         <v>1</v>
       </c>
       <c r="G107" s="18">
-        <v>139.0</v>
+        <v>2786.0</v>
       </c>
     </row>
     <row r="108" spans="1:9" customHeight="1" ht="130">
       <c r="A108" s="15">
         <v>99</v>
       </c>
       <c r="B108" s="6"/>
       <c r="C108" s="16" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D108" s="16" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E108" s="17">
-        <v>135.0</v>
+        <v>4954.0</v>
       </c>
       <c r="F108" s="15">
         <v>1</v>
       </c>
       <c r="G108" s="18">
-        <v>135.0</v>
+        <v>4954.0</v>
       </c>
     </row>
     <row r="109" spans="1:9" customHeight="1" ht="130">
       <c r="A109" s="15">
         <v>100</v>
       </c>
       <c r="B109" s="6"/>
       <c r="C109" s="16" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D109" s="16" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E109" s="17">
-        <v>116.0</v>
+        <v>4868.0</v>
       </c>
       <c r="F109" s="15">
         <v>1</v>
       </c>
       <c r="G109" s="18">
-        <v>116.0</v>
+        <v>4868.0</v>
       </c>
     </row>
     <row r="110" spans="1:9" customHeight="1" ht="130">
       <c r="A110" s="15">
         <v>101</v>
       </c>
       <c r="B110" s="6"/>
       <c r="C110" s="16" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D110" s="16" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E110" s="17">
-        <v>5928.0</v>
+        <v>7608.0</v>
       </c>
       <c r="F110" s="15">
         <v>1</v>
       </c>
       <c r="G110" s="18">
-        <v>5928.0</v>
+        <v>7608.0</v>
       </c>
     </row>
     <row r="111" spans="1:9" customHeight="1" ht="130">
       <c r="A111" s="15">
         <v>102</v>
       </c>
       <c r="B111" s="6"/>
       <c r="C111" s="16" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D111" s="16" t="s">
         <v>203</v>
       </c>
       <c r="E111" s="17">
-        <v>5928.0</v>
+        <v>2690.0</v>
       </c>
       <c r="F111" s="15">
         <v>1</v>
       </c>
       <c r="G111" s="18">
-        <v>5928.0</v>
+        <v>2690.0</v>
       </c>
     </row>
     <row r="112" spans="1:9" customHeight="1" ht="130">
       <c r="A112" s="15">
         <v>103</v>
       </c>
       <c r="B112" s="6"/>
       <c r="C112" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="D112" s="16" t="s">
         <v>205</v>
       </c>
-      <c r="D112" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="17">
-        <v>5928.0</v>
+        <v>4203.0</v>
       </c>
       <c r="F112" s="15">
         <v>1</v>
       </c>
       <c r="G112" s="18">
-        <v>5928.0</v>
+        <v>4203.0</v>
       </c>
     </row>
     <row r="113" spans="1:9" customHeight="1" ht="130">
       <c r="A113" s="15">
         <v>104</v>
       </c>
       <c r="B113" s="6"/>
       <c r="C113" s="16" t="s">
         <v>206</v>
       </c>
       <c r="D113" s="16" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E113" s="17">
-        <v>5928.0</v>
+        <v>1393.0</v>
       </c>
       <c r="F113" s="15">
         <v>1</v>
       </c>
       <c r="G113" s="18">
-        <v>5928.0</v>
+        <v>1393.0</v>
       </c>
     </row>
     <row r="114" spans="1:9" customHeight="1" ht="130">
       <c r="A114" s="15">
         <v>105</v>
       </c>
       <c r="B114" s="6"/>
       <c r="C114" s="16" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D114" s="16" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E114" s="17">
-        <v>16270.0</v>
+        <v>2790.0</v>
       </c>
       <c r="F114" s="15">
         <v>1</v>
       </c>
       <c r="G114" s="18">
-        <v>16270.0</v>
+        <v>2790.0</v>
       </c>
     </row>
     <row r="115" spans="1:9" customHeight="1" ht="130">
       <c r="A115" s="15">
         <v>106</v>
       </c>
       <c r="B115" s="6"/>
       <c r="C115" s="16" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D115" s="16" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E115" s="17">
-        <v>142.0</v>
+        <v>5573.0</v>
       </c>
       <c r="F115" s="15">
         <v>1</v>
       </c>
       <c r="G115" s="18">
-        <v>142.0</v>
+        <v>5573.0</v>
       </c>
     </row>
     <row r="116" spans="1:9" customHeight="1" ht="130">
       <c r="A116" s="15">
         <v>107</v>
       </c>
       <c r="B116" s="6"/>
       <c r="C116" s="16" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D116" s="16" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E116" s="17">
-        <v>109.0</v>
+        <v>2535.0</v>
       </c>
       <c r="F116" s="15">
         <v>1</v>
       </c>
       <c r="G116" s="18">
-        <v>109.0</v>
+        <v>2535.0</v>
       </c>
     </row>
     <row r="117" spans="1:9" customHeight="1" ht="130">
       <c r="A117" s="15">
         <v>108</v>
       </c>
       <c r="B117" s="6"/>
       <c r="C117" s="16" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D117" s="16" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E117" s="17">
-        <v>979.0</v>
+        <v>4505.0</v>
       </c>
       <c r="F117" s="15">
         <v>1</v>
       </c>
       <c r="G117" s="18">
-        <v>979.0</v>
+        <v>4505.0</v>
       </c>
     </row>
     <row r="118" spans="1:9" customHeight="1" ht="130">
       <c r="A118" s="15">
         <v>109</v>
       </c>
       <c r="B118" s="6"/>
       <c r="C118" s="16" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D118" s="16" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E118" s="17">
-        <v>719.0</v>
+        <v>7043.0</v>
       </c>
       <c r="F118" s="15">
         <v>1</v>
       </c>
       <c r="G118" s="18">
-        <v>719.0</v>
+        <v>7043.0</v>
       </c>
     </row>
     <row r="119" spans="1:9" customHeight="1" ht="130">
       <c r="A119" s="15">
         <v>110</v>
       </c>
       <c r="B119" s="6"/>
       <c r="C119" s="16" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D119" s="16" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E119" s="17">
-        <v>719.0</v>
+        <v>1262.0</v>
       </c>
       <c r="F119" s="15">
         <v>1</v>
       </c>
       <c r="G119" s="18">
-        <v>719.0</v>
+        <v>1262.0</v>
       </c>
     </row>
     <row r="120" spans="1:9" customHeight="1" ht="130">
       <c r="A120" s="15">
         <v>111</v>
       </c>
       <c r="B120" s="6"/>
       <c r="C120" s="16" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D120" s="16" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E120" s="17">
-        <v>1202.0</v>
+        <v>2241.0</v>
       </c>
       <c r="F120" s="15">
         <v>1</v>
       </c>
       <c r="G120" s="18">
-        <v>1202.0</v>
+        <v>2241.0</v>
       </c>
     </row>
     <row r="121" spans="1:9" customHeight="1" ht="130">
       <c r="A121" s="15">
         <v>112</v>
       </c>
       <c r="B121" s="6"/>
       <c r="C121" s="16" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D121" s="16" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E121" s="17">
-        <v>1049.0</v>
+        <v>1714.0</v>
       </c>
       <c r="F121" s="15">
         <v>1</v>
       </c>
       <c r="G121" s="18">
-        <v>1049.0</v>
+        <v>1714.0</v>
       </c>
     </row>
     <row r="122" spans="1:9" customHeight="1" ht="130">
       <c r="A122" s="15">
         <v>113</v>
       </c>
       <c r="B122" s="6"/>
       <c r="C122" s="16" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D122" s="16" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E122" s="17">
-        <v>1049.0</v>
+        <v>1258.0</v>
       </c>
       <c r="F122" s="15">
         <v>1</v>
       </c>
       <c r="G122" s="18">
-        <v>1049.0</v>
+        <v>1258.0</v>
       </c>
     </row>
     <row r="123" spans="1:9" customHeight="1" ht="130">
       <c r="A123" s="15">
         <v>114</v>
       </c>
       <c r="B123" s="6"/>
       <c r="C123" s="16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D123" s="16" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E123" s="17">
-        <v>1049.0</v>
+        <v>2517.0</v>
       </c>
       <c r="F123" s="15">
         <v>1</v>
       </c>
       <c r="G123" s="18">
-        <v>1049.0</v>
+        <v>2517.0</v>
       </c>
     </row>
     <row r="124" spans="1:9" customHeight="1" ht="130">
       <c r="A124" s="15">
         <v>115</v>
       </c>
       <c r="B124" s="6"/>
       <c r="C124" s="16" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D124" s="16" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="E124" s="17">
-        <v>1049.0</v>
+        <v>3775.0</v>
       </c>
       <c r="F124" s="15">
         <v>1</v>
       </c>
       <c r="G124" s="18">
-        <v>1049.0</v>
+        <v>3775.0</v>
       </c>
     </row>
     <row r="125" spans="1:9" customHeight="1" ht="130">
       <c r="A125" s="15">
         <v>116</v>
       </c>
       <c r="B125" s="6"/>
       <c r="C125" s="16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D125" s="16" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="E125" s="17">
-        <v>1049.0</v>
+        <v>947.0</v>
       </c>
       <c r="F125" s="15">
         <v>1</v>
       </c>
       <c r="G125" s="18">
-        <v>1049.0</v>
+        <v>947.0</v>
       </c>
     </row>
     <row r="126" spans="1:9" customHeight="1" ht="130">
       <c r="A126" s="15">
         <v>117</v>
       </c>
       <c r="B126" s="6"/>
       <c r="C126" s="16" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D126" s="16" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="E126" s="17">
-        <v>1049.0</v>
+        <v>1683.0</v>
       </c>
       <c r="F126" s="15">
         <v>1</v>
       </c>
       <c r="G126" s="18">
-        <v>1049.0</v>
+        <v>1683.0</v>
       </c>
     </row>
     <row r="127" spans="1:9" customHeight="1" ht="130">
       <c r="A127" s="15">
         <v>118</v>
       </c>
       <c r="B127" s="6"/>
       <c r="C127" s="16" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D127" s="16" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="E127" s="17">
-        <v>1049.0</v>
+        <v>2840.0</v>
       </c>
       <c r="F127" s="15">
         <v>1</v>
       </c>
       <c r="G127" s="18">
-        <v>1049.0</v>
+        <v>2840.0</v>
       </c>
     </row>
     <row r="128" spans="1:9" customHeight="1" ht="130">
       <c r="A128" s="15">
         <v>119</v>
       </c>
       <c r="B128" s="6"/>
       <c r="C128" s="16" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="D128" s="16" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="E128" s="17">
-        <v>1049.0</v>
+        <v>1525.0</v>
       </c>
       <c r="F128" s="15">
         <v>1</v>
       </c>
       <c r="G128" s="18">
-        <v>1049.0</v>
+        <v>1525.0</v>
       </c>
     </row>
     <row r="129" spans="1:9" customHeight="1" ht="130">
       <c r="A129" s="15">
         <v>120</v>
       </c>
       <c r="B129" s="6"/>
       <c r="C129" s="16" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="D129" s="16" t="s">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="E129" s="17">
-        <v>1049.0</v>
+        <v>1141.0</v>
       </c>
       <c r="F129" s="15">
         <v>1</v>
       </c>
       <c r="G129" s="18">
-        <v>1049.0</v>
+        <v>1141.0</v>
       </c>
     </row>
     <row r="130" spans="1:9" customHeight="1" ht="130">
       <c r="A130" s="15">
         <v>121</v>
       </c>
       <c r="B130" s="6"/>
       <c r="C130" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="D130" s="16" t="s">
+        <v>241</v>
+      </c>
+      <c r="E130" s="17">
+        <v>2283.0</v>
+      </c>
+      <c r="F130" s="15">
+        <v>1</v>
+      </c>
+      <c r="G130" s="18">
+        <v>2283.0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" customHeight="1" ht="130">
+      <c r="A131" s="15">
+        <v>122</v>
+      </c>
+      <c r="B131" s="6"/>
+      <c r="C131" s="16" t="s">
+        <v>242</v>
+      </c>
+      <c r="D131" s="16" t="s">
+        <v>243</v>
+      </c>
+      <c r="E131" s="17">
+        <v>4464.0</v>
+      </c>
+      <c r="F131" s="15">
+        <v>1</v>
+      </c>
+      <c r="G131" s="18">
+        <v>4464.0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" customHeight="1" ht="130">
+      <c r="A132" s="15">
+        <v>123</v>
+      </c>
+      <c r="B132" s="6"/>
+      <c r="C132" s="16" t="s">
+        <v>244</v>
+      </c>
+      <c r="D132" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="E132" s="17">
+        <v>6000.0</v>
+      </c>
+      <c r="F132" s="15">
+        <v>1</v>
+      </c>
+      <c r="G132" s="18">
+        <v>6000.0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" customHeight="1" ht="130">
+      <c r="A133" s="15">
+        <v>124</v>
+      </c>
+      <c r="B133" s="6"/>
+      <c r="C133" s="16" t="s">
+        <v>246</v>
+      </c>
+      <c r="D133" s="16" t="s">
+        <v>247</v>
+      </c>
+      <c r="E133" s="17">
+        <v>12000.0</v>
+      </c>
+      <c r="F133" s="15">
+        <v>1</v>
+      </c>
+      <c r="G133" s="18">
+        <v>12000.0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" customHeight="1" ht="130">
+      <c r="A134" s="15">
+        <v>125</v>
+      </c>
+      <c r="B134" s="6"/>
+      <c r="C134" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="D134" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="E134" s="17">
+        <v>3976.0</v>
+      </c>
+      <c r="F134" s="15">
+        <v>1</v>
+      </c>
+      <c r="G134" s="18">
+        <v>3976.0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" customHeight="1" ht="130">
+      <c r="A135" s="15">
+        <v>126</v>
+      </c>
+      <c r="B135" s="6"/>
+      <c r="C135" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="D135" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="E135" s="17">
+        <v>8527.0</v>
+      </c>
+      <c r="F135" s="15">
+        <v>1</v>
+      </c>
+      <c r="G135" s="18">
+        <v>8527.0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" customHeight="1" ht="130">
+      <c r="A136" s="15">
+        <v>127</v>
+      </c>
+      <c r="B136" s="6"/>
+      <c r="C136" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="D136" s="16" t="s">
+        <v>253</v>
+      </c>
+      <c r="E136" s="17">
+        <v>2663.0</v>
+      </c>
+      <c r="F136" s="15">
+        <v>1</v>
+      </c>
+      <c r="G136" s="18">
+        <v>2663.0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" customHeight="1" ht="130">
+      <c r="A137" s="15">
+        <v>128</v>
+      </c>
+      <c r="B137" s="6"/>
+      <c r="C137" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="D137" s="16" t="s">
+        <v>255</v>
+      </c>
+      <c r="E137" s="17">
+        <v>7095.0</v>
+      </c>
+      <c r="F137" s="15">
+        <v>1</v>
+      </c>
+      <c r="G137" s="18">
+        <v>7095.0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" customHeight="1" ht="130">
+      <c r="A138" s="15">
+        <v>129</v>
+      </c>
+      <c r="B138" s="6"/>
+      <c r="C138" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="D138" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="E138" s="17">
+        <v>2219.0</v>
+      </c>
+      <c r="F138" s="15">
+        <v>1</v>
+      </c>
+      <c r="G138" s="18">
+        <v>2219.0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" customHeight="1" ht="130">
+      <c r="A139" s="15">
+        <v>130</v>
+      </c>
+      <c r="B139" s="6"/>
+      <c r="C139" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="D139" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="E139" s="17">
+        <v>3584.0</v>
+      </c>
+      <c r="F139" s="15">
+        <v>1</v>
+      </c>
+      <c r="G139" s="18">
+        <v>3584.0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" customHeight="1" ht="130">
+      <c r="A140" s="15">
+        <v>131</v>
+      </c>
+      <c r="B140" s="6"/>
+      <c r="C140" s="16" t="s">
+        <v>260</v>
+      </c>
+      <c r="D140" s="16" t="s">
+        <v>261</v>
+      </c>
+      <c r="E140" s="17">
+        <v>5000.0</v>
+      </c>
+      <c r="F140" s="15">
+        <v>1</v>
+      </c>
+      <c r="G140" s="18">
+        <v>5000.0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" customHeight="1" ht="130">
+      <c r="A141" s="15">
+        <v>132</v>
+      </c>
+      <c r="B141" s="6"/>
+      <c r="C141" s="16" t="s">
+        <v>262</v>
+      </c>
+      <c r="D141" s="16" t="s">
+        <v>263</v>
+      </c>
+      <c r="E141" s="17">
+        <v>3000.0</v>
+      </c>
+      <c r="F141" s="15">
+        <v>1</v>
+      </c>
+      <c r="G141" s="18">
+        <v>3000.0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" customHeight="1" ht="130">
+      <c r="A142" s="15">
+        <v>133</v>
+      </c>
+      <c r="B142" s="6"/>
+      <c r="C142" s="16" t="s">
+        <v>264</v>
+      </c>
+      <c r="D142" s="16" t="s">
+        <v>265</v>
+      </c>
+      <c r="E142" s="17">
+        <v>590.0</v>
+      </c>
+      <c r="F142" s="15">
+        <v>1</v>
+      </c>
+      <c r="G142" s="18">
+        <v>590.0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" customHeight="1" ht="130">
+      <c r="A143" s="15">
+        <v>134</v>
+      </c>
+      <c r="B143" s="6"/>
+      <c r="C143" s="16" t="s">
+        <v>266</v>
+      </c>
+      <c r="D143" s="16" t="s">
+        <v>265</v>
+      </c>
+      <c r="E143" s="17">
+        <v>590.0</v>
+      </c>
+      <c r="F143" s="15">
+        <v>1</v>
+      </c>
+      <c r="G143" s="18">
+        <v>590.0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" customHeight="1" ht="130">
+      <c r="A144" s="15">
+        <v>135</v>
+      </c>
+      <c r="B144" s="6"/>
+      <c r="C144" s="16" t="s">
+        <v>267</v>
+      </c>
+      <c r="D144" s="16" t="s">
+        <v>265</v>
+      </c>
+      <c r="E144" s="17">
+        <v>590.0</v>
+      </c>
+      <c r="F144" s="15">
+        <v>1</v>
+      </c>
+      <c r="G144" s="18">
+        <v>590.0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" customHeight="1" ht="130">
+      <c r="A145" s="15">
+        <v>136</v>
+      </c>
+      <c r="B145" s="6"/>
+      <c r="C145" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="D145" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="E145" s="17">
+        <v>1189.0</v>
+      </c>
+      <c r="F145" s="15">
+        <v>1</v>
+      </c>
+      <c r="G145" s="18">
+        <v>1189.0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" customHeight="1" ht="130">
+      <c r="A146" s="15">
+        <v>137</v>
+      </c>
+      <c r="B146" s="6"/>
+      <c r="C146" s="16" t="s">
+        <v>270</v>
+      </c>
+      <c r="D146" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="E146" s="17">
+        <v>1189.0</v>
+      </c>
+      <c r="F146" s="15">
+        <v>1</v>
+      </c>
+      <c r="G146" s="18">
+        <v>1189.0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" customHeight="1" ht="130">
+      <c r="A147" s="15">
+        <v>138</v>
+      </c>
+      <c r="B147" s="6"/>
+      <c r="C147" s="16" t="s">
+        <v>271</v>
+      </c>
+      <c r="D147" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="E147" s="17">
+        <v>1189.0</v>
+      </c>
+      <c r="F147" s="15">
+        <v>1</v>
+      </c>
+      <c r="G147" s="18">
+        <v>1189.0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" customHeight="1" ht="130">
+      <c r="A148" s="15">
+        <v>139</v>
+      </c>
+      <c r="B148" s="6"/>
+      <c r="C148" s="16" t="s">
+        <v>272</v>
+      </c>
+      <c r="D148" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="E148" s="17">
+        <v>1290.0</v>
+      </c>
+      <c r="F148" s="15">
+        <v>1</v>
+      </c>
+      <c r="G148" s="18">
+        <v>1290.0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" customHeight="1" ht="130">
+      <c r="A149" s="15">
+        <v>140</v>
+      </c>
+      <c r="B149" s="6"/>
+      <c r="C149" s="16" t="s">
+        <v>274</v>
+      </c>
+      <c r="D149" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="E149" s="17">
+        <v>1290.0</v>
+      </c>
+      <c r="F149" s="15">
+        <v>1</v>
+      </c>
+      <c r="G149" s="18">
+        <v>1290.0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" customHeight="1" ht="130">
+      <c r="A150" s="15">
+        <v>141</v>
+      </c>
+      <c r="B150" s="6"/>
+      <c r="C150" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="D150" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="E150" s="17">
+        <v>1290.0</v>
+      </c>
+      <c r="F150" s="15">
+        <v>1</v>
+      </c>
+      <c r="G150" s="18">
+        <v>1290.0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" customHeight="1" ht="130">
+      <c r="A151" s="15">
+        <v>142</v>
+      </c>
+      <c r="B151" s="6"/>
+      <c r="C151" s="16" t="s">
+        <v>276</v>
+      </c>
+      <c r="D151" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="E151" s="17">
+        <v>379.0</v>
+      </c>
+      <c r="F151" s="15">
+        <v>1</v>
+      </c>
+      <c r="G151" s="18">
+        <v>379.0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" customHeight="1" ht="130">
+      <c r="A152" s="15">
+        <v>143</v>
+      </c>
+      <c r="B152" s="6"/>
+      <c r="C152" s="16" t="s">
+        <v>278</v>
+      </c>
+      <c r="D152" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="E152" s="17">
+        <v>379.0</v>
+      </c>
+      <c r="F152" s="15">
+        <v>1</v>
+      </c>
+      <c r="G152" s="18">
+        <v>379.0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" customHeight="1" ht="130">
+      <c r="A153" s="15">
+        <v>144</v>
+      </c>
+      <c r="B153" s="6"/>
+      <c r="C153" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="D153" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="E153" s="17">
+        <v>379.0</v>
+      </c>
+      <c r="F153" s="15">
+        <v>1</v>
+      </c>
+      <c r="G153" s="18">
+        <v>379.0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" customHeight="1" ht="130">
+      <c r="A154" s="15">
+        <v>145</v>
+      </c>
+      <c r="B154" s="6"/>
+      <c r="C154" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="D154" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="E154" s="17">
+        <v>379.0</v>
+      </c>
+      <c r="F154" s="15">
+        <v>1</v>
+      </c>
+      <c r="G154" s="18">
+        <v>379.0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" customHeight="1" ht="130">
+      <c r="A155" s="15">
+        <v>146</v>
+      </c>
+      <c r="B155" s="6"/>
+      <c r="C155" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="D155" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="E155" s="17">
+        <v>379.0</v>
+      </c>
+      <c r="F155" s="15">
+        <v>1</v>
+      </c>
+      <c r="G155" s="18">
+        <v>379.0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" customHeight="1" ht="130">
+      <c r="A156" s="15">
+        <v>147</v>
+      </c>
+      <c r="B156" s="6"/>
+      <c r="C156" s="16" t="s">
+        <v>282</v>
+      </c>
+      <c r="D156" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="E156" s="17">
+        <v>1549.0</v>
+      </c>
+      <c r="F156" s="15">
+        <v>1</v>
+      </c>
+      <c r="G156" s="18">
+        <v>1549.0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" customHeight="1" ht="130">
+      <c r="A157" s="15">
+        <v>148</v>
+      </c>
+      <c r="B157" s="6"/>
+      <c r="C157" s="16" t="s">
+        <v>284</v>
+      </c>
+      <c r="D157" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="E157" s="17">
+        <v>1549.0</v>
+      </c>
+      <c r="F157" s="15">
+        <v>1</v>
+      </c>
+      <c r="G157" s="18">
+        <v>1549.0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" customHeight="1" ht="130">
+      <c r="A158" s="15">
+        <v>149</v>
+      </c>
+      <c r="B158" s="6"/>
+      <c r="C158" s="16" t="s">
+        <v>285</v>
+      </c>
+      <c r="D158" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="E158" s="17">
+        <v>1549.0</v>
+      </c>
+      <c r="F158" s="15">
+        <v>1</v>
+      </c>
+      <c r="G158" s="18">
+        <v>1549.0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" customHeight="1" ht="130">
+      <c r="A159" s="15">
+        <v>150</v>
+      </c>
+      <c r="B159" s="6"/>
+      <c r="C159" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="D159" s="16" t="s">
+        <v>287</v>
+      </c>
+      <c r="E159" s="17">
+        <v>739.0</v>
+      </c>
+      <c r="F159" s="15">
+        <v>1</v>
+      </c>
+      <c r="G159" s="18">
+        <v>739.0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" customHeight="1" ht="130">
+      <c r="A160" s="15">
+        <v>151</v>
+      </c>
+      <c r="B160" s="6"/>
+      <c r="C160" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="D160" s="16" t="s">
+        <v>287</v>
+      </c>
+      <c r="E160" s="17">
+        <v>739.0</v>
+      </c>
+      <c r="F160" s="15">
+        <v>1</v>
+      </c>
+      <c r="G160" s="18">
+        <v>739.0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" customHeight="1" ht="130">
+      <c r="A161" s="15">
+        <v>152</v>
+      </c>
+      <c r="B161" s="6"/>
+      <c r="C161" s="16" t="s">
+        <v>289</v>
+      </c>
+      <c r="D161" s="16" t="s">
+        <v>287</v>
+      </c>
+      <c r="E161" s="17">
+        <v>739.0</v>
+      </c>
+      <c r="F161" s="15">
+        <v>1</v>
+      </c>
+      <c r="G161" s="18">
+        <v>739.0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" customHeight="1" ht="130">
+      <c r="A162" s="15">
+        <v>153</v>
+      </c>
+      <c r="B162" s="6"/>
+      <c r="C162" s="16" t="s">
+        <v>290</v>
+      </c>
+      <c r="D162" s="16" t="s">
+        <v>287</v>
+      </c>
+      <c r="E162" s="17">
+        <v>739.0</v>
+      </c>
+      <c r="F162" s="15">
+        <v>1</v>
+      </c>
+      <c r="G162" s="18">
+        <v>739.0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" customHeight="1" ht="130">
+      <c r="A163" s="15">
+        <v>154</v>
+      </c>
+      <c r="B163" s="6"/>
+      <c r="C163" s="16" t="s">
+        <v>291</v>
+      </c>
+      <c r="D163" s="16" t="s">
+        <v>292</v>
+      </c>
+      <c r="E163" s="17">
+        <v>890.0</v>
+      </c>
+      <c r="F163" s="15">
+        <v>1</v>
+      </c>
+      <c r="G163" s="18">
+        <v>890.0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" customHeight="1" ht="130">
+      <c r="A164" s="15">
+        <v>155</v>
+      </c>
+      <c r="B164" s="6"/>
+      <c r="C164" s="16" t="s">
+        <v>293</v>
+      </c>
+      <c r="D164" s="16" t="s">
+        <v>292</v>
+      </c>
+      <c r="E164" s="17">
+        <v>890.0</v>
+      </c>
+      <c r="F164" s="15">
+        <v>1</v>
+      </c>
+      <c r="G164" s="18">
+        <v>890.0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" customHeight="1" ht="130">
+      <c r="A165" s="15">
+        <v>156</v>
+      </c>
+      <c r="B165" s="6"/>
+      <c r="C165" s="16" t="s">
+        <v>294</v>
+      </c>
+      <c r="D165" s="16" t="s">
+        <v>295</v>
+      </c>
+      <c r="E165" s="17">
+        <v>485.0</v>
+      </c>
+      <c r="F165" s="15">
+        <v>1</v>
+      </c>
+      <c r="G165" s="18">
+        <v>485.0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" customHeight="1" ht="130">
+      <c r="A166" s="15">
+        <v>157</v>
+      </c>
+      <c r="B166" s="6"/>
+      <c r="C166" s="16" t="s">
+        <v>296</v>
+      </c>
+      <c r="D166" s="16" t="s">
+        <v>297</v>
+      </c>
+      <c r="E166" s="17">
+        <v>929.0</v>
+      </c>
+      <c r="F166" s="15">
+        <v>1</v>
+      </c>
+      <c r="G166" s="18">
+        <v>929.0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" customHeight="1" ht="130">
+      <c r="A167" s="15">
+        <v>158</v>
+      </c>
+      <c r="B167" s="6"/>
+      <c r="C167" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="D167" s="16" t="s">
+        <v>297</v>
+      </c>
+      <c r="E167" s="17">
+        <v>929.0</v>
+      </c>
+      <c r="F167" s="15">
+        <v>1</v>
+      </c>
+      <c r="G167" s="18">
+        <v>929.0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" customHeight="1" ht="130">
+      <c r="A168" s="15">
+        <v>159</v>
+      </c>
+      <c r="B168" s="6"/>
+      <c r="C168" s="16" t="s">
+        <v>299</v>
+      </c>
+      <c r="D168" s="16" t="s">
+        <v>297</v>
+      </c>
+      <c r="E168" s="17">
+        <v>929.0</v>
+      </c>
+      <c r="F168" s="15">
+        <v>1</v>
+      </c>
+      <c r="G168" s="18">
+        <v>929.0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" customHeight="1" ht="130">
+      <c r="A169" s="15">
+        <v>160</v>
+      </c>
+      <c r="B169" s="6"/>
+      <c r="C169" s="16" t="s">
+        <v>300</v>
+      </c>
+      <c r="D169" s="16" t="s">
+        <v>297</v>
+      </c>
+      <c r="E169" s="17">
+        <v>929.0</v>
+      </c>
+      <c r="F169" s="15">
+        <v>1</v>
+      </c>
+      <c r="G169" s="18">
+        <v>929.0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" customHeight="1" ht="130">
+      <c r="A170" s="15">
+        <v>161</v>
+      </c>
+      <c r="B170" s="6"/>
+      <c r="C170" s="16" t="s">
+        <v>301</v>
+      </c>
+      <c r="D170" s="16" t="s">
+        <v>302</v>
+      </c>
+      <c r="E170" s="17">
+        <v>390.0</v>
+      </c>
+      <c r="F170" s="15">
+        <v>1</v>
+      </c>
+      <c r="G170" s="18">
+        <v>390.0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" customHeight="1" ht="130">
+      <c r="A171" s="15">
+        <v>162</v>
+      </c>
+      <c r="B171" s="6"/>
+      <c r="C171" s="16" t="s">
+        <v>303</v>
+      </c>
+      <c r="D171" s="16" t="s">
+        <v>302</v>
+      </c>
+      <c r="E171" s="17">
+        <v>390.0</v>
+      </c>
+      <c r="F171" s="15">
+        <v>1</v>
+      </c>
+      <c r="G171" s="18">
+        <v>390.0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" customHeight="1" ht="130">
+      <c r="A172" s="15">
+        <v>163</v>
+      </c>
+      <c r="B172" s="6"/>
+      <c r="C172" s="16" t="s">
+        <v>304</v>
+      </c>
+      <c r="D172" s="16" t="s">
+        <v>302</v>
+      </c>
+      <c r="E172" s="17">
+        <v>390.0</v>
+      </c>
+      <c r="F172" s="15">
+        <v>1</v>
+      </c>
+      <c r="G172" s="18">
+        <v>390.0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" customHeight="1" ht="130">
+      <c r="A173" s="15">
+        <v>164</v>
+      </c>
+      <c r="B173" s="6"/>
+      <c r="C173" s="16" t="s">
+        <v>305</v>
+      </c>
+      <c r="D173" s="16" t="s">
+        <v>302</v>
+      </c>
+      <c r="E173" s="17">
+        <v>390.0</v>
+      </c>
+      <c r="F173" s="15">
+        <v>1</v>
+      </c>
+      <c r="G173" s="18">
+        <v>390.0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" customHeight="1" ht="130">
+      <c r="A174" s="15">
+        <v>165</v>
+      </c>
+      <c r="B174" s="6"/>
+      <c r="C174" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="D174" s="16" t="s">
+        <v>307</v>
+      </c>
+      <c r="E174" s="17">
+        <v>562.0</v>
+      </c>
+      <c r="F174" s="15">
+        <v>1</v>
+      </c>
+      <c r="G174" s="18">
+        <v>562.0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" customHeight="1" ht="130">
+      <c r="A175" s="15">
+        <v>166</v>
+      </c>
+      <c r="B175" s="6"/>
+      <c r="C175" s="16" t="s">
+        <v>308</v>
+      </c>
+      <c r="D175" s="16" t="s">
+        <v>309</v>
+      </c>
+      <c r="E175" s="17">
+        <v>1710.0</v>
+      </c>
+      <c r="F175" s="15">
+        <v>1</v>
+      </c>
+      <c r="G175" s="18">
+        <v>1710.0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" customHeight="1" ht="130">
+      <c r="A176" s="15">
+        <v>167</v>
+      </c>
+      <c r="B176" s="6"/>
+      <c r="C176" s="16" t="s">
+        <v>310</v>
+      </c>
+      <c r="D176" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="E176" s="17">
+        <v>1434.0</v>
+      </c>
+      <c r="F176" s="15">
+        <v>1</v>
+      </c>
+      <c r="G176" s="18">
+        <v>1434.0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" customHeight="1" ht="130">
+      <c r="A177" s="15">
+        <v>168</v>
+      </c>
+      <c r="B177" s="6"/>
+      <c r="C177" s="16" t="s">
+        <v>312</v>
+      </c>
+      <c r="D177" s="16" t="s">
+        <v>313</v>
+      </c>
+      <c r="E177" s="17">
+        <v>1664.0</v>
+      </c>
+      <c r="F177" s="15">
+        <v>1</v>
+      </c>
+      <c r="G177" s="18">
+        <v>1664.0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" customHeight="1" ht="130">
+      <c r="A178" s="15">
+        <v>169</v>
+      </c>
+      <c r="B178" s="6"/>
+      <c r="C178" s="16" t="s">
+        <v>314</v>
+      </c>
+      <c r="D178" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="E178" s="17">
+        <v>1320.0</v>
+      </c>
+      <c r="F178" s="15">
+        <v>1</v>
+      </c>
+      <c r="G178" s="18">
+        <v>1320.0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" customHeight="1" ht="130">
+      <c r="A179" s="15">
+        <v>170</v>
+      </c>
+      <c r="B179" s="6"/>
+      <c r="C179" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="D179" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="E179" s="17">
+        <v>1664.0</v>
+      </c>
+      <c r="F179" s="15">
+        <v>1</v>
+      </c>
+      <c r="G179" s="18">
+        <v>1664.0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" customHeight="1" ht="130">
+      <c r="A180" s="15">
+        <v>171</v>
+      </c>
+      <c r="B180" s="6"/>
+      <c r="C180" s="16" t="s">
+        <v>318</v>
+      </c>
+      <c r="D180" s="16" t="s">
+        <v>319</v>
+      </c>
+      <c r="E180" s="17">
+        <v>689.0</v>
+      </c>
+      <c r="F180" s="15">
+        <v>1</v>
+      </c>
+      <c r="G180" s="18">
+        <v>689.0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" customHeight="1" ht="130">
+      <c r="A181" s="15">
+        <v>172</v>
+      </c>
+      <c r="B181" s="6"/>
+      <c r="C181" s="16" t="s">
+        <v>320</v>
+      </c>
+      <c r="D181" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="E181" s="17">
+        <v>1033.0</v>
+      </c>
+      <c r="F181" s="15">
+        <v>1</v>
+      </c>
+      <c r="G181" s="18">
+        <v>1033.0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" customHeight="1" ht="130">
+      <c r="A182" s="15">
+        <v>173</v>
+      </c>
+      <c r="B182" s="6"/>
+      <c r="C182" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="D182" s="16" t="s">
+        <v>323</v>
+      </c>
+      <c r="E182" s="17">
+        <v>1492.0</v>
+      </c>
+      <c r="F182" s="15">
+        <v>1</v>
+      </c>
+      <c r="G182" s="18">
+        <v>1492.0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" customHeight="1" ht="130">
+      <c r="A183" s="15">
+        <v>174</v>
+      </c>
+      <c r="B183" s="6"/>
+      <c r="C183" s="16" t="s">
+        <v>324</v>
+      </c>
+      <c r="D183" s="16" t="s">
+        <v>325</v>
+      </c>
+      <c r="E183" s="17">
+        <v>1492.0</v>
+      </c>
+      <c r="F183" s="15">
+        <v>1</v>
+      </c>
+      <c r="G183" s="18">
+        <v>1492.0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" customHeight="1" ht="130">
+      <c r="A184" s="15">
+        <v>175</v>
+      </c>
+      <c r="B184" s="6"/>
+      <c r="C184" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="D184" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="E184" s="17">
+        <v>1377.0</v>
+      </c>
+      <c r="F184" s="15">
+        <v>1</v>
+      </c>
+      <c r="G184" s="18">
+        <v>1377.0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" customHeight="1" ht="130">
+      <c r="A185" s="15">
+        <v>176</v>
+      </c>
+      <c r="B185" s="6"/>
+      <c r="C185" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="D185" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="E185" s="17">
+        <v>1377.0</v>
+      </c>
+      <c r="F185" s="15">
+        <v>1</v>
+      </c>
+      <c r="G185" s="18">
+        <v>1377.0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" customHeight="1" ht="130">
+      <c r="A186" s="15">
+        <v>177</v>
+      </c>
+      <c r="B186" s="6"/>
+      <c r="C186" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="D186" s="16" t="s">
+        <v>330</v>
+      </c>
+      <c r="E186" s="17">
+        <v>1818.0</v>
+      </c>
+      <c r="F186" s="15">
+        <v>1</v>
+      </c>
+      <c r="G186" s="18">
+        <v>1818.0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" customHeight="1" ht="130">
+      <c r="A187" s="15">
+        <v>178</v>
+      </c>
+      <c r="B187" s="6"/>
+      <c r="C187" s="16" t="s">
+        <v>331</v>
+      </c>
+      <c r="D187" s="16" t="s">
+        <v>332</v>
+      </c>
+      <c r="E187" s="17">
+        <v>2126.0</v>
+      </c>
+      <c r="F187" s="15">
+        <v>1</v>
+      </c>
+      <c r="G187" s="18">
+        <v>2126.0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" customHeight="1" ht="130">
+      <c r="A188" s="15">
+        <v>179</v>
+      </c>
+      <c r="B188" s="6"/>
+      <c r="C188" s="16" t="s">
+        <v>333</v>
+      </c>
+      <c r="D188" s="16" t="s">
+        <v>334</v>
+      </c>
+      <c r="E188" s="17">
+        <v>1348.0</v>
+      </c>
+      <c r="F188" s="15">
+        <v>1</v>
+      </c>
+      <c r="G188" s="18">
+        <v>1348.0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" customHeight="1" ht="130">
+      <c r="A189" s="15">
+        <v>180</v>
+      </c>
+      <c r="B189" s="6"/>
+      <c r="C189" s="16" t="s">
+        <v>335</v>
+      </c>
+      <c r="D189" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="E189" s="17">
+        <v>1463.0</v>
+      </c>
+      <c r="F189" s="15">
+        <v>1</v>
+      </c>
+      <c r="G189" s="18">
+        <v>1463.0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" customHeight="1" ht="130">
+      <c r="A190" s="15">
+        <v>181</v>
+      </c>
+      <c r="B190" s="6"/>
+      <c r="C190" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="D190" s="16" t="s">
+        <v>338</v>
+      </c>
+      <c r="E190" s="17">
+        <v>15381.0</v>
+      </c>
+      <c r="F190" s="15">
+        <v>1</v>
+      </c>
+      <c r="G190" s="18">
+        <v>15381.0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" customHeight="1" ht="130">
+      <c r="A191" s="15">
+        <v>182</v>
+      </c>
+      <c r="B191" s="6"/>
+      <c r="C191" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="D191" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="E191" s="17">
+        <v>22071.0</v>
+      </c>
+      <c r="F191" s="15">
+        <v>1</v>
+      </c>
+      <c r="G191" s="18">
+        <v>22071.0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" customHeight="1" ht="130">
+      <c r="A192" s="15">
+        <v>183</v>
+      </c>
+      <c r="B192" s="6"/>
+      <c r="C192" s="16" t="s">
+        <v>341</v>
+      </c>
+      <c r="D192" s="16" t="s">
+        <v>342</v>
+      </c>
+      <c r="E192" s="17">
+        <v>15381.0</v>
+      </c>
+      <c r="F192" s="15">
+        <v>1</v>
+      </c>
+      <c r="G192" s="18">
+        <v>15381.0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" customHeight="1" ht="130">
+      <c r="A193" s="15">
+        <v>184</v>
+      </c>
+      <c r="B193" s="6"/>
+      <c r="C193" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="D193" s="16" t="s">
+        <v>344</v>
+      </c>
+      <c r="E193" s="17">
+        <v>22071.0</v>
+      </c>
+      <c r="F193" s="15">
+        <v>1</v>
+      </c>
+      <c r="G193" s="18">
+        <v>22071.0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" customHeight="1" ht="130">
+      <c r="A194" s="15">
+        <v>185</v>
+      </c>
+      <c r="B194" s="6"/>
+      <c r="C194" s="16" t="s">
+        <v>345</v>
+      </c>
+      <c r="D194" s="16" t="s">
+        <v>346</v>
+      </c>
+      <c r="E194" s="17">
+        <v>15469.0</v>
+      </c>
+      <c r="F194" s="15">
+        <v>1</v>
+      </c>
+      <c r="G194" s="18">
+        <v>15469.0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" customHeight="1" ht="130">
+      <c r="A195" s="15">
+        <v>186</v>
+      </c>
+      <c r="B195" s="6"/>
+      <c r="C195" s="16" t="s">
+        <v>347</v>
+      </c>
+      <c r="D195" s="16" t="s">
+        <v>348</v>
+      </c>
+      <c r="E195" s="17">
+        <v>20915.0</v>
+      </c>
+      <c r="F195" s="15">
+        <v>1</v>
+      </c>
+      <c r="G195" s="18">
+        <v>20915.0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" customHeight="1" ht="130">
+      <c r="A196" s="15">
+        <v>187</v>
+      </c>
+      <c r="B196" s="6"/>
+      <c r="C196" s="16" t="s">
+        <v>349</v>
+      </c>
+      <c r="D196" s="16" t="s">
+        <v>350</v>
+      </c>
+      <c r="E196" s="17">
+        <v>15371.0</v>
+      </c>
+      <c r="F196" s="15">
+        <v>1</v>
+      </c>
+      <c r="G196" s="18">
+        <v>15371.0</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" customHeight="1" ht="130">
+      <c r="A197" s="15">
+        <v>188</v>
+      </c>
+      <c r="B197" s="6"/>
+      <c r="C197" s="16" t="s">
+        <v>351</v>
+      </c>
+      <c r="D197" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="E197" s="17">
+        <v>19097.0</v>
+      </c>
+      <c r="F197" s="15">
+        <v>1</v>
+      </c>
+      <c r="G197" s="18">
+        <v>19097.0</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" customHeight="1" ht="130">
+      <c r="A198" s="15">
+        <v>189</v>
+      </c>
+      <c r="B198" s="6"/>
+      <c r="C198" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="D198" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="E198" s="17">
+        <v>9434.0</v>
+      </c>
+      <c r="F198" s="15">
+        <v>1</v>
+      </c>
+      <c r="G198" s="18">
+        <v>9434.0</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" customHeight="1" ht="130">
+      <c r="A199" s="15">
+        <v>190</v>
+      </c>
+      <c r="B199" s="6"/>
+      <c r="C199" s="16" t="s">
+        <v>355</v>
+      </c>
+      <c r="D199" s="16" t="s">
+        <v>356</v>
+      </c>
+      <c r="E199" s="17">
+        <v>14285.0</v>
+      </c>
+      <c r="F199" s="15">
+        <v>1</v>
+      </c>
+      <c r="G199" s="18">
+        <v>14285.0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" customHeight="1" ht="130">
+      <c r="A200" s="15">
+        <v>191</v>
+      </c>
+      <c r="B200" s="6"/>
+      <c r="C200" s="16" t="s">
+        <v>357</v>
+      </c>
+      <c r="D200" s="16" t="s">
+        <v>358</v>
+      </c>
+      <c r="E200" s="17">
+        <v>5392.0</v>
+      </c>
+      <c r="F200" s="15">
+        <v>1</v>
+      </c>
+      <c r="G200" s="18">
+        <v>5392.0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" customHeight="1" ht="130">
+      <c r="A201" s="15">
+        <v>192</v>
+      </c>
+      <c r="B201" s="6"/>
+      <c r="C201" s="16" t="s">
+        <v>359</v>
+      </c>
+      <c r="D201" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="E201" s="17">
+        <v>3593.0</v>
+      </c>
+      <c r="F201" s="15">
+        <v>1</v>
+      </c>
+      <c r="G201" s="18">
+        <v>3593.0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" customHeight="1" ht="130">
+      <c r="A202" s="15">
+        <v>193</v>
+      </c>
+      <c r="B202" s="6"/>
+      <c r="C202" s="16" t="s">
+        <v>361</v>
+      </c>
+      <c r="D202" s="16" t="s">
+        <v>362</v>
+      </c>
+      <c r="E202" s="17">
+        <v>3593.0</v>
+      </c>
+      <c r="F202" s="15">
+        <v>1</v>
+      </c>
+      <c r="G202" s="18">
+        <v>3593.0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" customHeight="1" ht="130">
+      <c r="A203" s="15">
+        <v>194</v>
+      </c>
+      <c r="B203" s="6"/>
+      <c r="C203" s="16" t="s">
+        <v>363</v>
+      </c>
+      <c r="D203" s="16" t="s">
+        <v>364</v>
+      </c>
+      <c r="E203" s="17">
+        <v>1492.0</v>
+      </c>
+      <c r="F203" s="15">
+        <v>1</v>
+      </c>
+      <c r="G203" s="18">
+        <v>1492.0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" customHeight="1" ht="130">
+      <c r="A204" s="15">
+        <v>195</v>
+      </c>
+      <c r="B204" s="6"/>
+      <c r="C204" s="16" t="s">
+        <v>365</v>
+      </c>
+      <c r="D204" s="16" t="s">
+        <v>366</v>
+      </c>
+      <c r="E204" s="17">
+        <v>2990.0</v>
+      </c>
+      <c r="F204" s="15">
+        <v>1</v>
+      </c>
+      <c r="G204" s="18">
+        <v>2990.0</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" customHeight="1" ht="130">
+      <c r="A205" s="15">
+        <v>196</v>
+      </c>
+      <c r="B205" s="6"/>
+      <c r="C205" s="16" t="s">
+        <v>367</v>
+      </c>
+      <c r="D205" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="E205" s="17">
+        <v>2145.0</v>
+      </c>
+      <c r="F205" s="15">
+        <v>1</v>
+      </c>
+      <c r="G205" s="18">
+        <v>2145.0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" customHeight="1" ht="130">
+      <c r="A206" s="15">
+        <v>197</v>
+      </c>
+      <c r="B206" s="6"/>
+      <c r="C206" s="16" t="s">
+        <v>369</v>
+      </c>
+      <c r="D206" s="16" t="s">
+        <v>370</v>
+      </c>
+      <c r="E206" s="17">
+        <v>1520.0</v>
+      </c>
+      <c r="F206" s="15">
+        <v>1</v>
+      </c>
+      <c r="G206" s="18">
+        <v>1520.0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" customHeight="1" ht="130">
+      <c r="A207" s="15">
+        <v>198</v>
+      </c>
+      <c r="B207" s="6"/>
+      <c r="C207" s="16" t="s">
+        <v>371</v>
+      </c>
+      <c r="D207" s="16" t="s">
+        <v>372</v>
+      </c>
+      <c r="E207" s="17">
+        <v>1434.0</v>
+      </c>
+      <c r="F207" s="15">
+        <v>1</v>
+      </c>
+      <c r="G207" s="18">
+        <v>1434.0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" customHeight="1" ht="130">
+      <c r="A208" s="15">
+        <v>199</v>
+      </c>
+      <c r="B208" s="6"/>
+      <c r="C208" s="16" t="s">
+        <v>373</v>
+      </c>
+      <c r="D208" s="16" t="s">
+        <v>374</v>
+      </c>
+      <c r="E208" s="17">
+        <v>1119.0</v>
+      </c>
+      <c r="F208" s="15">
+        <v>1</v>
+      </c>
+      <c r="G208" s="18">
+        <v>1119.0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" customHeight="1" ht="130">
+      <c r="A209" s="15">
+        <v>200</v>
+      </c>
+      <c r="B209" s="6"/>
+      <c r="C209" s="16" t="s">
+        <v>375</v>
+      </c>
+      <c r="D209" s="16" t="s">
+        <v>376</v>
+      </c>
+      <c r="E209" s="17">
+        <v>449.0</v>
+      </c>
+      <c r="F209" s="15">
+        <v>1</v>
+      </c>
+      <c r="G209" s="18">
+        <v>449.0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" customHeight="1" ht="130">
+      <c r="A210" s="15">
+        <v>201</v>
+      </c>
+      <c r="B210" s="6"/>
+      <c r="C210" s="16" t="s">
+        <v>377</v>
+      </c>
+      <c r="D210" s="16" t="s">
+        <v>376</v>
+      </c>
+      <c r="E210" s="17">
+        <v>449.0</v>
+      </c>
+      <c r="F210" s="15">
+        <v>1</v>
+      </c>
+      <c r="G210" s="18">
+        <v>449.0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" customHeight="1" ht="130">
+      <c r="A211" s="15">
+        <v>202</v>
+      </c>
+      <c r="B211" s="6"/>
+      <c r="C211" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="D211" s="16" t="s">
+        <v>376</v>
+      </c>
+      <c r="E211" s="17">
+        <v>449.0</v>
+      </c>
+      <c r="F211" s="15">
+        <v>1</v>
+      </c>
+      <c r="G211" s="18">
+        <v>449.0</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" customHeight="1" ht="130">
+      <c r="A212" s="15">
+        <v>203</v>
+      </c>
+      <c r="B212" s="6"/>
+      <c r="C212" s="16" t="s">
+        <v>379</v>
+      </c>
+      <c r="D212" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="E212" s="17">
+        <v>490.0</v>
+      </c>
+      <c r="F212" s="15">
+        <v>1</v>
+      </c>
+      <c r="G212" s="18">
+        <v>490.0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" customHeight="1" ht="130">
+      <c r="A213" s="15">
+        <v>204</v>
+      </c>
+      <c r="B213" s="6"/>
+      <c r="C213" s="16" t="s">
+        <v>381</v>
+      </c>
+      <c r="D213" s="16" t="s">
+        <v>382</v>
+      </c>
+      <c r="E213" s="17">
+        <v>495.0</v>
+      </c>
+      <c r="F213" s="15">
+        <v>1</v>
+      </c>
+      <c r="G213" s="18">
+        <v>495.0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" customHeight="1" ht="130">
+      <c r="A214" s="15">
+        <v>205</v>
+      </c>
+      <c r="B214" s="6"/>
+      <c r="C214" s="16" t="s">
+        <v>383</v>
+      </c>
+      <c r="D214" s="16" t="s">
+        <v>384</v>
+      </c>
+      <c r="E214" s="17">
+        <v>15700.0</v>
+      </c>
+      <c r="F214" s="15">
+        <v>1</v>
+      </c>
+      <c r="G214" s="18">
+        <v>15700.0</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" customHeight="1" ht="130">
+      <c r="A215" s="15">
+        <v>206</v>
+      </c>
+      <c r="B215" s="6"/>
+      <c r="C215" s="16" t="s">
+        <v>385</v>
+      </c>
+      <c r="D215" s="16" t="s">
+        <v>386</v>
+      </c>
+      <c r="E215" s="17">
+        <v>9200.0</v>
+      </c>
+      <c r="F215" s="15">
+        <v>1</v>
+      </c>
+      <c r="G215" s="18">
+        <v>9200.0</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" customHeight="1" ht="130">
+      <c r="A216" s="15">
+        <v>207</v>
+      </c>
+      <c r="B216" s="6"/>
+      <c r="C216" s="16" t="s">
+        <v>387</v>
+      </c>
+      <c r="D216" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="E216" s="17">
+        <v>10900.0</v>
+      </c>
+      <c r="F216" s="15">
+        <v>1</v>
+      </c>
+      <c r="G216" s="18">
+        <v>10900.0</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" customHeight="1" ht="130">
+      <c r="A217" s="15">
+        <v>208</v>
+      </c>
+      <c r="B217" s="6"/>
+      <c r="C217" s="16" t="s">
+        <v>389</v>
+      </c>
+      <c r="D217" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="E217" s="17">
+        <v>8500.0</v>
+      </c>
+      <c r="F217" s="15">
+        <v>1</v>
+      </c>
+      <c r="G217" s="18">
+        <v>8500.0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" customHeight="1" ht="130">
+      <c r="A218" s="15">
+        <v>209</v>
+      </c>
+      <c r="B218" s="6"/>
+      <c r="C218" s="16" t="s">
+        <v>391</v>
+      </c>
+      <c r="D218" s="16" t="s">
+        <v>392</v>
+      </c>
+      <c r="E218" s="17">
+        <v>8000.0</v>
+      </c>
+      <c r="F218" s="15">
+        <v>1</v>
+      </c>
+      <c r="G218" s="18">
+        <v>8000.0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" customHeight="1" ht="130">
+      <c r="A219" s="15">
+        <v>210</v>
+      </c>
+      <c r="B219" s="6"/>
+      <c r="C219" s="16" t="s">
+        <v>393</v>
+      </c>
+      <c r="D219" s="16" t="s">
+        <v>394</v>
+      </c>
+      <c r="E219" s="17">
+        <v>11500.0</v>
+      </c>
+      <c r="F219" s="15">
+        <v>1</v>
+      </c>
+      <c r="G219" s="18">
+        <v>11500.0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" customHeight="1" ht="130">
+      <c r="A220" s="15">
+        <v>211</v>
+      </c>
+      <c r="B220" s="6"/>
+      <c r="C220" s="16" t="s">
+        <v>395</v>
+      </c>
+      <c r="D220" s="16" t="s">
+        <v>394</v>
+      </c>
+      <c r="E220" s="17">
+        <v>11500.0</v>
+      </c>
+      <c r="F220" s="15">
+        <v>1</v>
+      </c>
+      <c r="G220" s="18">
+        <v>11500.0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" customHeight="1" ht="130">
+      <c r="A221" s="15">
+        <v>212</v>
+      </c>
+      <c r="B221" s="6"/>
+      <c r="C221" s="16" t="s">
+        <v>396</v>
+      </c>
+      <c r="D221" s="16" t="s">
+        <v>397</v>
+      </c>
+      <c r="E221" s="17">
+        <v>8000.0</v>
+      </c>
+      <c r="F221" s="15">
+        <v>1</v>
+      </c>
+      <c r="G221" s="18">
+        <v>8000.0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" customHeight="1" ht="130">
+      <c r="A222" s="15">
+        <v>213</v>
+      </c>
+      <c r="B222" s="6"/>
+      <c r="C222" s="16" t="s">
+        <v>398</v>
+      </c>
+      <c r="D222" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="E222" s="17">
+        <v>10500.0</v>
+      </c>
+      <c r="F222" s="15">
+        <v>1</v>
+      </c>
+      <c r="G222" s="18">
+        <v>10500.0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" customHeight="1" ht="130">
+      <c r="A223" s="15">
+        <v>214</v>
+      </c>
+      <c r="B223" s="6"/>
+      <c r="C223" s="16" t="s">
+        <v>400</v>
+      </c>
+      <c r="D223" s="16" t="s">
+        <v>401</v>
+      </c>
+      <c r="E223" s="17">
+        <v>6500.0</v>
+      </c>
+      <c r="F223" s="15">
+        <v>1</v>
+      </c>
+      <c r="G223" s="18">
+        <v>6500.0</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" customHeight="1" ht="130">
+      <c r="A224" s="15">
+        <v>215</v>
+      </c>
+      <c r="B224" s="6"/>
+      <c r="C224" s="16" t="s">
+        <v>402</v>
+      </c>
+      <c r="D224" s="16" t="s">
+        <v>403</v>
+      </c>
+      <c r="E224" s="17">
+        <v>19500.0</v>
+      </c>
+      <c r="F224" s="15">
+        <v>1</v>
+      </c>
+      <c r="G224" s="18">
+        <v>19500.0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9" customHeight="1" ht="130">
+      <c r="A225" s="15">
+        <v>216</v>
+      </c>
+      <c r="B225" s="6"/>
+      <c r="C225" s="16" t="s">
+        <v>404</v>
+      </c>
+      <c r="D225" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="E225" s="17">
+        <v>9000.0</v>
+      </c>
+      <c r="F225" s="15">
+        <v>1</v>
+      </c>
+      <c r="G225" s="18">
+        <v>9000.0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" customHeight="1" ht="130">
+      <c r="A226" s="15">
+        <v>217</v>
+      </c>
+      <c r="B226" s="6"/>
+      <c r="C226" s="16" t="s">
+        <v>406</v>
+      </c>
+      <c r="D226" s="16" t="s">
+        <v>407</v>
+      </c>
+      <c r="E226" s="17">
+        <v>7500.0</v>
+      </c>
+      <c r="F226" s="15">
+        <v>1</v>
+      </c>
+      <c r="G226" s="18">
+        <v>7500.0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9" customHeight="1" ht="130">
+      <c r="A227" s="15">
+        <v>218</v>
+      </c>
+      <c r="B227" s="6"/>
+      <c r="C227" s="16" t="s">
+        <v>408</v>
+      </c>
+      <c r="D227" s="16" t="s">
+        <v>409</v>
+      </c>
+      <c r="E227" s="17">
+        <v>16000.0</v>
+      </c>
+      <c r="F227" s="15">
+        <v>1</v>
+      </c>
+      <c r="G227" s="18">
+        <v>16000.0</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9" customHeight="1" ht="130">
+      <c r="A228" s="15">
+        <v>219</v>
+      </c>
+      <c r="B228" s="6"/>
+      <c r="C228" s="16" t="s">
+        <v>410</v>
+      </c>
+      <c r="D228" s="16" t="s">
+        <v>411</v>
+      </c>
+      <c r="E228" s="17">
+        <v>5900.0</v>
+      </c>
+      <c r="F228" s="15">
+        <v>1</v>
+      </c>
+      <c r="G228" s="18">
+        <v>5900.0</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9" customHeight="1" ht="130">
+      <c r="A229" s="15">
+        <v>220</v>
+      </c>
+      <c r="B229" s="6"/>
+      <c r="C229" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="D229" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="E229" s="17">
+        <v>8900.0</v>
+      </c>
+      <c r="F229" s="15">
+        <v>1</v>
+      </c>
+      <c r="G229" s="18">
+        <v>8900.0</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" customHeight="1" ht="130">
+      <c r="A230" s="15">
+        <v>221</v>
+      </c>
+      <c r="B230" s="6"/>
+      <c r="C230" s="16" t="s">
+        <v>414</v>
+      </c>
+      <c r="D230" s="16" t="s">
+        <v>415</v>
+      </c>
+      <c r="E230" s="17">
+        <v>10500.0</v>
+      </c>
+      <c r="F230" s="15">
+        <v>1</v>
+      </c>
+      <c r="G230" s="18">
+        <v>10500.0</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" customHeight="1" ht="130">
+      <c r="A231" s="15">
+        <v>222</v>
+      </c>
+      <c r="B231" s="6"/>
+      <c r="C231" s="16" t="s">
+        <v>416</v>
+      </c>
+      <c r="D231" s="16" t="s">
+        <v>417</v>
+      </c>
+      <c r="E231" s="17">
+        <v>14500.0</v>
+      </c>
+      <c r="F231" s="15">
+        <v>1</v>
+      </c>
+      <c r="G231" s="18">
+        <v>14500.0</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" customHeight="1" ht="130">
+      <c r="A232" s="15">
+        <v>223</v>
+      </c>
+      <c r="B232" s="6"/>
+      <c r="C232" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="D232" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="E232" s="17">
+        <v>13500.0</v>
+      </c>
+      <c r="F232" s="15">
+        <v>1</v>
+      </c>
+      <c r="G232" s="18">
+        <v>13500.0</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9" customHeight="1" ht="130">
+      <c r="A233" s="15">
+        <v>224</v>
+      </c>
+      <c r="B233" s="6"/>
+      <c r="C233" s="16" t="s">
+        <v>420</v>
+      </c>
+      <c r="D233" s="16" t="s">
+        <v>421</v>
+      </c>
+      <c r="E233" s="17">
+        <v>1400.0</v>
+      </c>
+      <c r="F233" s="15">
+        <v>1</v>
+      </c>
+      <c r="G233" s="18">
+        <v>1400.0</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" customHeight="1" ht="130">
+      <c r="A234" s="15">
+        <v>225</v>
+      </c>
+      <c r="B234" s="6"/>
+      <c r="C234" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="D234" s="16" t="s">
+        <v>421</v>
+      </c>
+      <c r="E234" s="17">
+        <v>1400.0</v>
+      </c>
+      <c r="F234" s="15">
+        <v>1</v>
+      </c>
+      <c r="G234" s="18">
+        <v>1400.0</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" customHeight="1" ht="130">
+      <c r="A235" s="15">
+        <v>226</v>
+      </c>
+      <c r="B235" s="6"/>
+      <c r="C235" s="16" t="s">
+        <v>423</v>
+      </c>
+      <c r="D235" s="16" t="s">
+        <v>424</v>
+      </c>
+      <c r="E235" s="17">
+        <v>686.0</v>
+      </c>
+      <c r="F235" s="15">
+        <v>1</v>
+      </c>
+      <c r="G235" s="18">
+        <v>686.0</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" customHeight="1" ht="130">
+      <c r="A236" s="15">
+        <v>227</v>
+      </c>
+      <c r="B236" s="6"/>
+      <c r="C236" s="16" t="s">
+        <v>425</v>
+      </c>
+      <c r="D236" s="16" t="s">
+        <v>426</v>
+      </c>
+      <c r="E236" s="17">
+        <v>818.0</v>
+      </c>
+      <c r="F236" s="15">
+        <v>1</v>
+      </c>
+      <c r="G236" s="18">
+        <v>818.0</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" customHeight="1" ht="130">
+      <c r="A237" s="15">
+        <v>228</v>
+      </c>
+      <c r="B237" s="6"/>
+      <c r="C237" s="16" t="s">
+        <v>427</v>
+      </c>
+      <c r="D237" s="16" t="s">
+        <v>428</v>
+      </c>
+      <c r="E237" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F237" s="15">
+        <v>1</v>
+      </c>
+      <c r="G237" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9" customHeight="1" ht="130">
+      <c r="A238" s="15">
+        <v>229</v>
+      </c>
+      <c r="B238" s="6"/>
+      <c r="C238" s="16" t="s">
+        <v>429</v>
+      </c>
+      <c r="D238" s="16" t="s">
+        <v>428</v>
+      </c>
+      <c r="E238" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F238" s="15">
+        <v>1</v>
+      </c>
+      <c r="G238" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" customHeight="1" ht="130">
+      <c r="A239" s="15">
+        <v>230</v>
+      </c>
+      <c r="B239" s="6"/>
+      <c r="C239" s="16" t="s">
+        <v>430</v>
+      </c>
+      <c r="D239" s="16" t="s">
+        <v>431</v>
+      </c>
+      <c r="E239" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F239" s="15">
+        <v>1</v>
+      </c>
+      <c r="G239" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9" customHeight="1" ht="130">
+      <c r="A240" s="15">
         <v>231</v>
       </c>
-      <c r="D130" s="16" t="s">
+      <c r="B240" s="6"/>
+      <c r="C240" s="16" t="s">
+        <v>432</v>
+      </c>
+      <c r="D240" s="16" t="s">
+        <v>433</v>
+      </c>
+      <c r="E240" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F240" s="15">
+        <v>1</v>
+      </c>
+      <c r="G240" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9" customHeight="1" ht="130">
+      <c r="A241" s="15">
         <v>232</v>
       </c>
-      <c r="E130" s="17">
-[...11 lines deleted...]
-      <c r="E131" s="17"/>
+      <c r="B241" s="6"/>
+      <c r="C241" s="16" t="s">
+        <v>434</v>
+      </c>
+      <c r="D241" s="16" t="s">
+        <v>433</v>
+      </c>
+      <c r="E241" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F241" s="15">
+        <v>1</v>
+      </c>
+      <c r="G241" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" customHeight="1" ht="130">
+      <c r="A242" s="15">
+        <v>233</v>
+      </c>
+      <c r="B242" s="6"/>
+      <c r="C242" s="16" t="s">
+        <v>435</v>
+      </c>
+      <c r="D242" s="16" t="s">
+        <v>431</v>
+      </c>
+      <c r="E242" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F242" s="15">
+        <v>1</v>
+      </c>
+      <c r="G242" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" customHeight="1" ht="130">
+      <c r="A243" s="15">
+        <v>234</v>
+      </c>
+      <c r="B243" s="6"/>
+      <c r="C243" s="16" t="s">
+        <v>436</v>
+      </c>
+      <c r="D243" s="16" t="s">
+        <v>431</v>
+      </c>
+      <c r="E243" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F243" s="15">
+        <v>1</v>
+      </c>
+      <c r="G243" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" customHeight="1" ht="130">
+      <c r="A244" s="15">
+        <v>235</v>
+      </c>
+      <c r="B244" s="6"/>
+      <c r="C244" s="16" t="s">
+        <v>437</v>
+      </c>
+      <c r="D244" s="16" t="s">
+        <v>438</v>
+      </c>
+      <c r="E244" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F244" s="15">
+        <v>1</v>
+      </c>
+      <c r="G244" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" customHeight="1" ht="130">
+      <c r="A245" s="15">
+        <v>236</v>
+      </c>
+      <c r="B245" s="6"/>
+      <c r="C245" s="16" t="s">
+        <v>439</v>
+      </c>
+      <c r="D245" s="16" t="s">
+        <v>438</v>
+      </c>
+      <c r="E245" s="17">
+        <v>289.0</v>
+      </c>
+      <c r="F245" s="15">
+        <v>1</v>
+      </c>
+      <c r="G245" s="18">
+        <v>289.0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" customHeight="1" ht="130">
+      <c r="A246" s="15">
+        <v>237</v>
+      </c>
+      <c r="B246" s="6"/>
+      <c r="C246" s="16" t="s">
+        <v>440</v>
+      </c>
+      <c r="D246" s="16" t="s">
+        <v>441</v>
+      </c>
+      <c r="E246" s="17">
+        <v>11389.0</v>
+      </c>
+      <c r="F246" s="15">
+        <v>1</v>
+      </c>
+      <c r="G246" s="18">
+        <v>11389.0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9" customHeight="1" ht="130">
+      <c r="A247" s="15">
+        <v>238</v>
+      </c>
+      <c r="B247" s="6"/>
+      <c r="C247" s="16" t="s">
+        <v>442</v>
+      </c>
+      <c r="D247" s="16" t="s">
+        <v>443</v>
+      </c>
+      <c r="E247" s="17">
+        <v>4515.0</v>
+      </c>
+      <c r="F247" s="15">
+        <v>1</v>
+      </c>
+      <c r="G247" s="18">
+        <v>4515.0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" customHeight="1" ht="130">
+      <c r="A248" s="15">
+        <v>239</v>
+      </c>
+      <c r="B248" s="6"/>
+      <c r="C248" s="16" t="s">
+        <v>444</v>
+      </c>
+      <c r="D248" s="16" t="s">
+        <v>445</v>
+      </c>
+      <c r="E248" s="17">
+        <v>4835.0</v>
+      </c>
+      <c r="F248" s="15">
+        <v>1</v>
+      </c>
+      <c r="G248" s="18">
+        <v>4835.0</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9" customHeight="1" ht="130">
+      <c r="A249" s="15">
+        <v>240</v>
+      </c>
+      <c r="B249" s="6"/>
+      <c r="C249" s="16" t="s">
+        <v>446</v>
+      </c>
+      <c r="D249" s="16" t="s">
+        <v>447</v>
+      </c>
+      <c r="E249" s="17">
+        <v>6256.0</v>
+      </c>
+      <c r="F249" s="15">
+        <v>1</v>
+      </c>
+      <c r="G249" s="18">
+        <v>6256.0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9" customHeight="1" ht="130">
+      <c r="A250" s="15">
+        <v>241</v>
+      </c>
+      <c r="B250" s="6"/>
+      <c r="C250" s="16" t="s">
+        <v>448</v>
+      </c>
+      <c r="D250" s="16" t="s">
+        <v>449</v>
+      </c>
+      <c r="E250" s="17">
+        <v>4171.0</v>
+      </c>
+      <c r="F250" s="15">
+        <v>1</v>
+      </c>
+      <c r="G250" s="18">
+        <v>4171.0</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9" customHeight="1" ht="130">
+      <c r="A251" s="15">
+        <v>242</v>
+      </c>
+      <c r="B251" s="6"/>
+      <c r="C251" s="16" t="s">
+        <v>450</v>
+      </c>
+      <c r="D251" s="16" t="s">
+        <v>451</v>
+      </c>
+      <c r="E251" s="17">
+        <v>6256.0</v>
+      </c>
+      <c r="F251" s="15">
+        <v>1</v>
+      </c>
+      <c r="G251" s="18">
+        <v>6256.0</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" customHeight="1" ht="130">
+      <c r="A252" s="15">
+        <v>243</v>
+      </c>
+      <c r="B252" s="6"/>
+      <c r="C252" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="D252" s="16" t="s">
+        <v>453</v>
+      </c>
+      <c r="E252" s="17">
+        <v>9830.0</v>
+      </c>
+      <c r="F252" s="15">
+        <v>1</v>
+      </c>
+      <c r="G252" s="18">
+        <v>9830.0</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9" customHeight="1" ht="130">
+      <c r="A253" s="15">
+        <v>244</v>
+      </c>
+      <c r="B253" s="6"/>
+      <c r="C253" s="16" t="s">
+        <v>454</v>
+      </c>
+      <c r="D253" s="16" t="s">
+        <v>455</v>
+      </c>
+      <c r="E253" s="17">
+        <v>9824.0</v>
+      </c>
+      <c r="F253" s="15">
+        <v>1</v>
+      </c>
+      <c r="G253" s="18">
+        <v>9824.0</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9" customHeight="1" ht="130">
+      <c r="A254" s="15">
+        <v>245</v>
+      </c>
+      <c r="B254" s="6"/>
+      <c r="C254" s="16" t="s">
+        <v>456</v>
+      </c>
+      <c r="D254" s="16" t="s">
+        <v>457</v>
+      </c>
+      <c r="E254" s="17">
+        <v>12621.0</v>
+      </c>
+      <c r="F254" s="15">
+        <v>1</v>
+      </c>
+      <c r="G254" s="18">
+        <v>12621.0</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9" customHeight="1" ht="130">
+      <c r="A255" s="15">
+        <v>246</v>
+      </c>
+      <c r="B255" s="6"/>
+      <c r="C255" s="16" t="s">
+        <v>458</v>
+      </c>
+      <c r="D255" s="16" t="s">
+        <v>459</v>
+      </c>
+      <c r="E255" s="17">
+        <v>17871.0</v>
+      </c>
+      <c r="F255" s="15">
+        <v>1</v>
+      </c>
+      <c r="G255" s="18">
+        <v>17871.0</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" customHeight="1" ht="130">
+      <c r="A256" s="15">
+        <v>247</v>
+      </c>
+      <c r="B256" s="6"/>
+      <c r="C256" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="D256" s="16" t="s">
+        <v>461</v>
+      </c>
+      <c r="E256" s="17">
+        <v>23136.0</v>
+      </c>
+      <c r="F256" s="15">
+        <v>1</v>
+      </c>
+      <c r="G256" s="18">
+        <v>23136.0</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" customHeight="1" ht="130">
+      <c r="A257" s="15">
+        <v>248</v>
+      </c>
+      <c r="B257" s="6"/>
+      <c r="C257" s="16" t="s">
+        <v>462</v>
+      </c>
+      <c r="D257" s="16" t="s">
+        <v>463</v>
+      </c>
+      <c r="E257" s="17">
+        <v>28385.0</v>
+      </c>
+      <c r="F257" s="15">
+        <v>1</v>
+      </c>
+      <c r="G257" s="18">
+        <v>28385.0</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" customHeight="1" ht="130">
+      <c r="A258" s="15">
+        <v>249</v>
+      </c>
+      <c r="B258" s="6"/>
+      <c r="C258" s="16" t="s">
+        <v>464</v>
+      </c>
+      <c r="D258" s="16" t="s">
+        <v>457</v>
+      </c>
+      <c r="E258" s="17">
+        <v>15687.0</v>
+      </c>
+      <c r="F258" s="15">
+        <v>1</v>
+      </c>
+      <c r="G258" s="18">
+        <v>15687.0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" customHeight="1" ht="130">
+      <c r="A259" s="15">
+        <v>250</v>
+      </c>
+      <c r="B259" s="6"/>
+      <c r="C259" s="16" t="s">
+        <v>465</v>
+      </c>
+      <c r="D259" s="16" t="s">
+        <v>459</v>
+      </c>
+      <c r="E259" s="17">
+        <v>22431.0</v>
+      </c>
+      <c r="F259" s="15">
+        <v>1</v>
+      </c>
+      <c r="G259" s="18">
+        <v>22431.0</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9" customHeight="1" ht="130">
+      <c r="A260" s="15">
+        <v>251</v>
+      </c>
+      <c r="B260" s="6"/>
+      <c r="C260" s="16" t="s">
+        <v>466</v>
+      </c>
+      <c r="D260" s="16" t="s">
+        <v>461</v>
+      </c>
+      <c r="E260" s="17">
+        <v>29188.0</v>
+      </c>
+      <c r="F260" s="15">
+        <v>1</v>
+      </c>
+      <c r="G260" s="18">
+        <v>29188.0</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" customHeight="1" ht="130">
+      <c r="A261" s="15">
+        <v>252</v>
+      </c>
+      <c r="B261" s="6"/>
+      <c r="C261" s="16" t="s">
+        <v>467</v>
+      </c>
+      <c r="D261" s="16" t="s">
+        <v>463</v>
+      </c>
+      <c r="E261" s="17">
+        <v>35935.0</v>
+      </c>
+      <c r="F261" s="15">
+        <v>1</v>
+      </c>
+      <c r="G261" s="18">
+        <v>35935.0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" customHeight="1" ht="130">
+      <c r="A262" s="15">
+        <v>253</v>
+      </c>
+      <c r="B262" s="6"/>
+      <c r="C262" s="16" t="s">
+        <v>468</v>
+      </c>
+      <c r="D262" s="16" t="s">
+        <v>469</v>
+      </c>
+      <c r="E262" s="17">
+        <v>5021.0</v>
+      </c>
+      <c r="F262" s="15">
+        <v>1</v>
+      </c>
+      <c r="G262" s="18">
+        <v>5021.0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" customHeight="1" ht="130">
+      <c r="A263" s="15">
+        <v>254</v>
+      </c>
+      <c r="B263" s="6"/>
+      <c r="C263" s="16" t="s">
+        <v>470</v>
+      </c>
+      <c r="D263" s="16" t="s">
+        <v>471</v>
+      </c>
+      <c r="E263" s="17">
+        <v>5021.0</v>
+      </c>
+      <c r="F263" s="15">
+        <v>1</v>
+      </c>
+      <c r="G263" s="18">
+        <v>5021.0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" customHeight="1" ht="130">
+      <c r="A264" s="15">
+        <v>255</v>
+      </c>
+      <c r="B264" s="6"/>
+      <c r="C264" s="16" t="s">
+        <v>472</v>
+      </c>
+      <c r="D264" s="16" t="s">
+        <v>473</v>
+      </c>
+      <c r="E264" s="17">
+        <v>13493.0</v>
+      </c>
+      <c r="F264" s="15">
+        <v>1</v>
+      </c>
+      <c r="G264" s="18">
+        <v>13493.0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" customHeight="1" ht="130">
+      <c r="A265" s="15">
+        <v>256</v>
+      </c>
+      <c r="B265" s="6"/>
+      <c r="C265" s="16" t="s">
+        <v>474</v>
+      </c>
+      <c r="D265" s="16" t="s">
+        <v>475</v>
+      </c>
+      <c r="E265" s="17">
+        <v>15466.0</v>
+      </c>
+      <c r="F265" s="15">
+        <v>1</v>
+      </c>
+      <c r="G265" s="18">
+        <v>15466.0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" customHeight="1" ht="130">
+      <c r="A266" s="15">
+        <v>257</v>
+      </c>
+      <c r="B266" s="6"/>
+      <c r="C266" s="16" t="s">
+        <v>476</v>
+      </c>
+      <c r="D266" s="16" t="s">
+        <v>477</v>
+      </c>
+      <c r="E266" s="17">
+        <v>12016.0</v>
+      </c>
+      <c r="F266" s="15">
+        <v>1</v>
+      </c>
+      <c r="G266" s="18">
+        <v>12016.0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" customHeight="1" ht="130">
+      <c r="A267" s="15">
+        <v>258</v>
+      </c>
+      <c r="B267" s="6"/>
+      <c r="C267" s="16" t="s">
+        <v>478</v>
+      </c>
+      <c r="D267" s="16" t="s">
+        <v>479</v>
+      </c>
+      <c r="E267" s="17">
+        <v>6498.0</v>
+      </c>
+      <c r="F267" s="15">
+        <v>1</v>
+      </c>
+      <c r="G267" s="18">
+        <v>6498.0</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" customHeight="1" ht="130">
+      <c r="A268" s="15">
+        <v>259</v>
+      </c>
+      <c r="B268" s="6"/>
+      <c r="C268" s="16" t="s">
+        <v>480</v>
+      </c>
+      <c r="D268" s="16" t="s">
+        <v>481</v>
+      </c>
+      <c r="E268" s="17">
+        <v>9884.0</v>
+      </c>
+      <c r="F268" s="15">
+        <v>1</v>
+      </c>
+      <c r="G268" s="18">
+        <v>9884.0</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9" customHeight="1" ht="130">
+      <c r="A269" s="15">
+        <v>260</v>
+      </c>
+      <c r="B269" s="6"/>
+      <c r="C269" s="16" t="s">
+        <v>482</v>
+      </c>
+      <c r="D269" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="E269" s="17">
+        <v>219.0</v>
+      </c>
+      <c r="F269" s="15">
+        <v>1</v>
+      </c>
+      <c r="G269" s="18">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" customHeight="1" ht="130">
+      <c r="A270" s="15">
+        <v>261</v>
+      </c>
+      <c r="B270" s="6"/>
+      <c r="C270" s="16" t="s">
+        <v>484</v>
+      </c>
+      <c r="D270" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="E270" s="17">
+        <v>219.0</v>
+      </c>
+      <c r="F270" s="15">
+        <v>1</v>
+      </c>
+      <c r="G270" s="18">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" customHeight="1" ht="130">
+      <c r="A271" s="15">
+        <v>262</v>
+      </c>
+      <c r="B271" s="6"/>
+      <c r="C271" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="D271" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="E271" s="17">
+        <v>219.0</v>
+      </c>
+      <c r="F271" s="15">
+        <v>1</v>
+      </c>
+      <c r="G271" s="18">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" customHeight="1" ht="130">
+      <c r="A272" s="15">
+        <v>263</v>
+      </c>
+      <c r="B272" s="6"/>
+      <c r="C272" s="16" t="s">
+        <v>486</v>
+      </c>
+      <c r="D272" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="E272" s="17">
+        <v>219.0</v>
+      </c>
+      <c r="F272" s="15">
+        <v>1</v>
+      </c>
+      <c r="G272" s="18">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" customHeight="1" ht="130">
+      <c r="A273" s="15">
+        <v>264</v>
+      </c>
+      <c r="B273" s="6"/>
+      <c r="C273" s="16" t="s">
+        <v>487</v>
+      </c>
+      <c r="D273" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="E273" s="17">
+        <v>219.0</v>
+      </c>
+      <c r="F273" s="15">
+        <v>1</v>
+      </c>
+      <c r="G273" s="18">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" customHeight="1" ht="130">
+      <c r="A274" s="15">
+        <v>265</v>
+      </c>
+      <c r="B274" s="6"/>
+      <c r="C274" s="16" t="s">
+        <v>488</v>
+      </c>
+      <c r="D274" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="E274" s="17">
+        <v>209.0</v>
+      </c>
+      <c r="F274" s="15">
+        <v>1</v>
+      </c>
+      <c r="G274" s="18">
+        <v>209.0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9" customHeight="1" ht="130">
+      <c r="A275" s="15">
+        <v>266</v>
+      </c>
+      <c r="B275" s="6"/>
+      <c r="C275" s="16" t="s">
+        <v>490</v>
+      </c>
+      <c r="D275" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="E275" s="17">
+        <v>209.0</v>
+      </c>
+      <c r="F275" s="15">
+        <v>1</v>
+      </c>
+      <c r="G275" s="18">
+        <v>209.0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" customHeight="1" ht="130">
+      <c r="A276" s="15">
+        <v>267</v>
+      </c>
+      <c r="B276" s="6"/>
+      <c r="C276" s="16" t="s">
+        <v>491</v>
+      </c>
+      <c r="D276" s="16" t="s">
+        <v>489</v>
+      </c>
+      <c r="E276" s="17">
+        <v>209.0</v>
+      </c>
+      <c r="F276" s="15">
+        <v>1</v>
+      </c>
+      <c r="G276" s="18">
+        <v>209.0</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" customHeight="1" ht="130">
+      <c r="A277" s="15">
+        <v>268</v>
+      </c>
+      <c r="B277" s="6"/>
+      <c r="C277" s="16" t="s">
+        <v>492</v>
+      </c>
+      <c r="D277" s="16" t="s">
+        <v>493</v>
+      </c>
+      <c r="E277" s="17">
+        <v>1949.0</v>
+      </c>
+      <c r="F277" s="15">
+        <v>1</v>
+      </c>
+      <c r="G277" s="18">
+        <v>1949.0</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9" customHeight="1" ht="130">
+      <c r="A278" s="15">
+        <v>269</v>
+      </c>
+      <c r="B278" s="6"/>
+      <c r="C278" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="D278" s="16" t="s">
+        <v>495</v>
+      </c>
+      <c r="E278" s="17">
+        <v>849.0</v>
+      </c>
+      <c r="F278" s="15">
+        <v>1</v>
+      </c>
+      <c r="G278" s="18">
+        <v>849.0</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" customHeight="1" ht="130">
+      <c r="A279" s="15">
+        <v>270</v>
+      </c>
+      <c r="B279" s="6"/>
+      <c r="C279" s="16" t="s">
+        <v>496</v>
+      </c>
+      <c r="D279" s="16" t="s">
+        <v>497</v>
+      </c>
+      <c r="E279" s="17">
+        <v>299.0</v>
+      </c>
+      <c r="F279" s="15">
+        <v>1</v>
+      </c>
+      <c r="G279" s="18">
+        <v>299.0</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9" customHeight="1" ht="130">
+      <c r="A280" s="15">
+        <v>271</v>
+      </c>
+      <c r="B280" s="6"/>
+      <c r="C280" s="16" t="s">
+        <v>498</v>
+      </c>
+      <c r="D280" s="16" t="s">
+        <v>499</v>
+      </c>
+      <c r="E280" s="17">
+        <v>206.0</v>
+      </c>
+      <c r="F280" s="15">
+        <v>1</v>
+      </c>
+      <c r="G280" s="18">
+        <v>206.0</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9" customHeight="1" ht="130">
+      <c r="A281" s="15">
+        <v>272</v>
+      </c>
+      <c r="B281" s="6"/>
+      <c r="C281" s="16" t="s">
+        <v>500</v>
+      </c>
+      <c r="D281" s="16" t="s">
+        <v>499</v>
+      </c>
+      <c r="E281" s="17">
+        <v>206.0</v>
+      </c>
+      <c r="F281" s="15">
+        <v>1</v>
+      </c>
+      <c r="G281" s="18">
+        <v>206.0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" customHeight="1" ht="130">
+      <c r="A282" s="15">
+        <v>273</v>
+      </c>
+      <c r="B282" s="6"/>
+      <c r="C282" s="16" t="s">
+        <v>501</v>
+      </c>
+      <c r="D282" s="16" t="s">
+        <v>499</v>
+      </c>
+      <c r="E282" s="17">
+        <v>206.0</v>
+      </c>
+      <c r="F282" s="15">
+        <v>1</v>
+      </c>
+      <c r="G282" s="18">
+        <v>206.0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9" customHeight="1" ht="130">
+      <c r="A283" s="15">
+        <v>274</v>
+      </c>
+      <c r="B283" s="6"/>
+      <c r="C283" s="16" t="s">
+        <v>502</v>
+      </c>
+      <c r="D283" s="16" t="s">
+        <v>499</v>
+      </c>
+      <c r="E283" s="17">
+        <v>206.0</v>
+      </c>
+      <c r="F283" s="15">
+        <v>1</v>
+      </c>
+      <c r="G283" s="18">
+        <v>206.0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" customHeight="1" ht="130">
+      <c r="A284" s="15">
+        <v>275</v>
+      </c>
+      <c r="B284" s="6"/>
+      <c r="C284" s="16" t="s">
+        <v>503</v>
+      </c>
+      <c r="D284" s="16" t="s">
+        <v>504</v>
+      </c>
+      <c r="E284" s="17">
+        <v>92.0</v>
+      </c>
+      <c r="F284" s="15">
+        <v>1</v>
+      </c>
+      <c r="G284" s="18">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9" customHeight="1" ht="130">
+      <c r="A285" s="15">
+        <v>276</v>
+      </c>
+      <c r="B285" s="6"/>
+      <c r="C285" s="16" t="s">
+        <v>505</v>
+      </c>
+      <c r="D285" s="16" t="s">
+        <v>506</v>
+      </c>
+      <c r="E285" s="17">
+        <v>245.0</v>
+      </c>
+      <c r="F285" s="15">
+        <v>1</v>
+      </c>
+      <c r="G285" s="18">
+        <v>245.0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" customHeight="1" ht="130">
+      <c r="A286" s="15">
+        <v>277</v>
+      </c>
+      <c r="B286" s="6"/>
+      <c r="C286" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="D286" s="16" t="s">
+        <v>508</v>
+      </c>
+      <c r="E286" s="17">
+        <v>406.0</v>
+      </c>
+      <c r="F286" s="15">
+        <v>1</v>
+      </c>
+      <c r="G286" s="18">
+        <v>406.0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" customHeight="1" ht="130">
+      <c r="A287" s="15">
+        <v>278</v>
+      </c>
+      <c r="B287" s="6"/>
+      <c r="C287" s="16" t="s">
+        <v>509</v>
+      </c>
+      <c r="D287" s="16" t="s">
+        <v>510</v>
+      </c>
+      <c r="E287" s="17">
+        <v>11690.0</v>
+      </c>
+      <c r="F287" s="15">
+        <v>1</v>
+      </c>
+      <c r="G287" s="18">
+        <v>11690.0</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9" customHeight="1" ht="130">
+      <c r="A288" s="15">
+        <v>279</v>
+      </c>
+      <c r="B288" s="6"/>
+      <c r="C288" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="D288" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E288" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F288" s="15">
+        <v>1</v>
+      </c>
+      <c r="G288" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" customHeight="1" ht="130">
+      <c r="A289" s="15">
+        <v>280</v>
+      </c>
+      <c r="B289" s="6"/>
+      <c r="C289" s="16" t="s">
+        <v>513</v>
+      </c>
+      <c r="D289" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E289" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F289" s="15">
+        <v>1</v>
+      </c>
+      <c r="G289" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" customHeight="1" ht="130">
+      <c r="A290" s="15">
+        <v>281</v>
+      </c>
+      <c r="B290" s="6"/>
+      <c r="C290" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="D290" s="16" t="s">
+        <v>515</v>
+      </c>
+      <c r="E290" s="17">
+        <v>336.0</v>
+      </c>
+      <c r="F290" s="15">
+        <v>1</v>
+      </c>
+      <c r="G290" s="18">
+        <v>336.0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" customHeight="1" ht="130">
+      <c r="A291" s="15">
+        <v>282</v>
+      </c>
+      <c r="B291" s="6"/>
+      <c r="C291" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="D291" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E291" s="17">
+        <v>171.0</v>
+      </c>
+      <c r="F291" s="15">
+        <v>1</v>
+      </c>
+      <c r="G291" s="18">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9" customHeight="1" ht="130">
+      <c r="A292" s="15">
+        <v>283</v>
+      </c>
+      <c r="B292" s="6"/>
+      <c r="C292" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="D292" s="16" t="s">
+        <v>515</v>
+      </c>
+      <c r="E292" s="17">
+        <v>336.0</v>
+      </c>
+      <c r="F292" s="15">
+        <v>1</v>
+      </c>
+      <c r="G292" s="18">
+        <v>336.0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" customHeight="1" ht="130">
+      <c r="A293" s="15">
+        <v>284</v>
+      </c>
+      <c r="B293" s="6"/>
+      <c r="C293" s="16" t="s">
+        <v>519</v>
+      </c>
+      <c r="D293" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E293" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F293" s="15">
+        <v>1</v>
+      </c>
+      <c r="G293" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" customHeight="1" ht="130">
+      <c r="A294" s="15">
+        <v>285</v>
+      </c>
+      <c r="B294" s="6"/>
+      <c r="C294" s="16" t="s">
+        <v>520</v>
+      </c>
+      <c r="D294" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E294" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F294" s="15">
+        <v>1</v>
+      </c>
+      <c r="G294" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" customHeight="1" ht="130">
+      <c r="A295" s="15">
+        <v>286</v>
+      </c>
+      <c r="B295" s="6"/>
+      <c r="C295" s="16" t="s">
+        <v>521</v>
+      </c>
+      <c r="D295" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E295" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F295" s="15">
+        <v>1</v>
+      </c>
+      <c r="G295" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" customHeight="1" ht="130">
+      <c r="A296" s="15">
+        <v>287</v>
+      </c>
+      <c r="B296" s="6"/>
+      <c r="C296" s="16" t="s">
+        <v>522</v>
+      </c>
+      <c r="D296" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E296" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F296" s="15">
+        <v>1</v>
+      </c>
+      <c r="G296" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" customHeight="1" ht="130">
+      <c r="A297" s="15">
+        <v>288</v>
+      </c>
+      <c r="B297" s="6"/>
+      <c r="C297" s="16" t="s">
+        <v>523</v>
+      </c>
+      <c r="D297" s="16" t="s">
+        <v>512</v>
+      </c>
+      <c r="E297" s="17">
+        <v>263.0</v>
+      </c>
+      <c r="F297" s="15">
+        <v>1</v>
+      </c>
+      <c r="G297" s="18">
+        <v>263.0</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" customHeight="1" ht="130">
+      <c r="A298" s="15">
+        <v>289</v>
+      </c>
+      <c r="B298" s="6"/>
+      <c r="C298" s="16" t="s">
+        <v>524</v>
+      </c>
+      <c r="D298" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E298" s="17">
+        <v>171.0</v>
+      </c>
+      <c r="F298" s="15">
+        <v>1</v>
+      </c>
+      <c r="G298" s="18">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" customHeight="1" ht="130">
+      <c r="A299" s="15">
+        <v>290</v>
+      </c>
+      <c r="B299" s="6"/>
+      <c r="C299" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="D299" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E299" s="17">
+        <v>171.0</v>
+      </c>
+      <c r="F299" s="15">
+        <v>1</v>
+      </c>
+      <c r="G299" s="18">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" customHeight="1" ht="130">
+      <c r="A300" s="15">
+        <v>291</v>
+      </c>
+      <c r="B300" s="6"/>
+      <c r="C300" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="D300" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E300" s="17">
+        <v>171.0</v>
+      </c>
+      <c r="F300" s="15">
+        <v>1</v>
+      </c>
+      <c r="G300" s="18">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" customHeight="1" ht="130">
+      <c r="A301" s="15">
+        <v>292</v>
+      </c>
+      <c r="B301" s="6"/>
+      <c r="C301" s="16" t="s">
+        <v>527</v>
+      </c>
+      <c r="D301" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E301" s="17">
+        <v>171.0</v>
+      </c>
+      <c r="F301" s="15">
+        <v>1</v>
+      </c>
+      <c r="G301" s="18">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" customHeight="1" ht="130">
+      <c r="A302" s="15">
+        <v>293</v>
+      </c>
+      <c r="B302" s="6"/>
+      <c r="C302" s="16" t="s">
+        <v>528</v>
+      </c>
+      <c r="D302" s="16" t="s">
+        <v>529</v>
+      </c>
+      <c r="E302" s="17">
+        <v>228.0</v>
+      </c>
+      <c r="F302" s="15">
+        <v>1</v>
+      </c>
+      <c r="G302" s="18">
+        <v>228.0</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" customHeight="1" ht="130">
+      <c r="A303" s="15">
+        <v>294</v>
+      </c>
+      <c r="B303" s="6"/>
+      <c r="C303" s="16" t="s">
+        <v>530</v>
+      </c>
+      <c r="D303" s="16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E303" s="17">
+        <v>171.0</v>
+      </c>
+      <c r="F303" s="15">
+        <v>1</v>
+      </c>
+      <c r="G303" s="18">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" customHeight="1" ht="130">
+      <c r="A304" s="15">
+        <v>295</v>
+      </c>
+      <c r="B304" s="6"/>
+      <c r="C304" s="16" t="s">
+        <v>531</v>
+      </c>
+      <c r="D304" s="16" t="s">
+        <v>532</v>
+      </c>
+      <c r="E304" s="17">
+        <v>130.0</v>
+      </c>
+      <c r="F304" s="15">
+        <v>1</v>
+      </c>
+      <c r="G304" s="18">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" customHeight="1" ht="130">
+      <c r="A305" s="15">
+        <v>296</v>
+      </c>
+      <c r="B305" s="6"/>
+      <c r="C305" s="16" t="s">
+        <v>533</v>
+      </c>
+      <c r="D305" s="16" t="s">
+        <v>532</v>
+      </c>
+      <c r="E305" s="17">
+        <v>130.0</v>
+      </c>
+      <c r="F305" s="15">
+        <v>1</v>
+      </c>
+      <c r="G305" s="18">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" customHeight="1" ht="130">
+      <c r="A306" s="15">
+        <v>297</v>
+      </c>
+      <c r="B306" s="6"/>
+      <c r="C306" s="16" t="s">
+        <v>534</v>
+      </c>
+      <c r="D306" s="16" t="s">
+        <v>535</v>
+      </c>
+      <c r="E306" s="17">
+        <v>45.0</v>
+      </c>
+      <c r="F306" s="15">
+        <v>1</v>
+      </c>
+      <c r="G306" s="18">
+        <v>45.0</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" customHeight="1" ht="130">
+      <c r="A307" s="15">
+        <v>298</v>
+      </c>
+      <c r="B307" s="6"/>
+      <c r="C307" s="16" t="s">
+        <v>536</v>
+      </c>
+      <c r="D307" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E307" s="17">
+        <v>135.0</v>
+      </c>
+      <c r="F307" s="15">
+        <v>1</v>
+      </c>
+      <c r="G307" s="18">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" customHeight="1" ht="130">
+      <c r="A308" s="15">
+        <v>299</v>
+      </c>
+      <c r="B308" s="6"/>
+      <c r="C308" s="16" t="s">
+        <v>538</v>
+      </c>
+      <c r="D308" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E308" s="17">
+        <v>135.0</v>
+      </c>
+      <c r="F308" s="15">
+        <v>1</v>
+      </c>
+      <c r="G308" s="18">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" customHeight="1" ht="130">
+      <c r="A309" s="15">
+        <v>300</v>
+      </c>
+      <c r="B309" s="6"/>
+      <c r="C309" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="D309" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E309" s="17">
+        <v>135.0</v>
+      </c>
+      <c r="F309" s="15">
+        <v>1</v>
+      </c>
+      <c r="G309" s="18">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" customHeight="1" ht="130">
+      <c r="A310" s="15">
+        <v>301</v>
+      </c>
+      <c r="B310" s="6"/>
+      <c r="C310" s="16" t="s">
+        <v>540</v>
+      </c>
+      <c r="D310" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E310" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F310" s="15">
+        <v>1</v>
+      </c>
+      <c r="G310" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" customHeight="1" ht="130">
+      <c r="A311" s="15">
+        <v>302</v>
+      </c>
+      <c r="B311" s="6"/>
+      <c r="C311" s="16" t="s">
+        <v>542</v>
+      </c>
+      <c r="D311" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E311" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F311" s="15">
+        <v>1</v>
+      </c>
+      <c r="G311" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" customHeight="1" ht="130">
+      <c r="A312" s="15">
+        <v>303</v>
+      </c>
+      <c r="B312" s="6"/>
+      <c r="C312" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="D312" s="16" t="s">
+        <v>544</v>
+      </c>
+      <c r="E312" s="17">
+        <v>75.0</v>
+      </c>
+      <c r="F312" s="15">
+        <v>1</v>
+      </c>
+      <c r="G312" s="18">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" customHeight="1" ht="130">
+      <c r="A313" s="15">
+        <v>304</v>
+      </c>
+      <c r="B313" s="6"/>
+      <c r="C313" s="16" t="s">
+        <v>545</v>
+      </c>
+      <c r="D313" s="16" t="s">
+        <v>544</v>
+      </c>
+      <c r="E313" s="17">
+        <v>75.0</v>
+      </c>
+      <c r="F313" s="15">
+        <v>1</v>
+      </c>
+      <c r="G313" s="18">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" customHeight="1" ht="130">
+      <c r="A314" s="15">
+        <v>305</v>
+      </c>
+      <c r="B314" s="6"/>
+      <c r="C314" s="16" t="s">
+        <v>546</v>
+      </c>
+      <c r="D314" s="16" t="s">
+        <v>544</v>
+      </c>
+      <c r="E314" s="17">
+        <v>75.0</v>
+      </c>
+      <c r="F314" s="15">
+        <v>1</v>
+      </c>
+      <c r="G314" s="18">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" customHeight="1" ht="130">
+      <c r="A315" s="15">
+        <v>306</v>
+      </c>
+      <c r="B315" s="6"/>
+      <c r="C315" s="16" t="s">
+        <v>547</v>
+      </c>
+      <c r="D315" s="16" t="s">
+        <v>544</v>
+      </c>
+      <c r="E315" s="17">
+        <v>75.0</v>
+      </c>
+      <c r="F315" s="15">
+        <v>1</v>
+      </c>
+      <c r="G315" s="18">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" customHeight="1" ht="130">
+      <c r="A316" s="15">
+        <v>307</v>
+      </c>
+      <c r="B316" s="6"/>
+      <c r="C316" s="16" t="s">
+        <v>548</v>
+      </c>
+      <c r="D316" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E316" s="17">
+        <v>135.0</v>
+      </c>
+      <c r="F316" s="15">
+        <v>1</v>
+      </c>
+      <c r="G316" s="18">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" customHeight="1" ht="130">
+      <c r="A317" s="15">
+        <v>308</v>
+      </c>
+      <c r="B317" s="6"/>
+      <c r="C317" s="16" t="s">
+        <v>549</v>
+      </c>
+      <c r="D317" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E317" s="17">
+        <v>135.0</v>
+      </c>
+      <c r="F317" s="15">
+        <v>1</v>
+      </c>
+      <c r="G317" s="18">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" customHeight="1" ht="130">
+      <c r="A318" s="15">
+        <v>309</v>
+      </c>
+      <c r="B318" s="6"/>
+      <c r="C318" s="16" t="s">
+        <v>550</v>
+      </c>
+      <c r="D318" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="E318" s="17">
+        <v>135.0</v>
+      </c>
+      <c r="F318" s="15">
+        <v>1</v>
+      </c>
+      <c r="G318" s="18">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" customHeight="1" ht="130">
+      <c r="A319" s="15">
+        <v>310</v>
+      </c>
+      <c r="B319" s="6"/>
+      <c r="C319" s="16" t="s">
+        <v>551</v>
+      </c>
+      <c r="D319" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E319" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F319" s="15">
+        <v>1</v>
+      </c>
+      <c r="G319" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" customHeight="1" ht="130">
+      <c r="A320" s="15">
+        <v>311</v>
+      </c>
+      <c r="B320" s="6"/>
+      <c r="C320" s="16" t="s">
+        <v>552</v>
+      </c>
+      <c r="D320" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E320" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F320" s="15">
+        <v>1</v>
+      </c>
+      <c r="G320" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" customHeight="1" ht="130">
+      <c r="A321" s="15">
+        <v>312</v>
+      </c>
+      <c r="B321" s="6"/>
+      <c r="C321" s="16" t="s">
+        <v>553</v>
+      </c>
+      <c r="D321" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E321" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F321" s="15">
+        <v>1</v>
+      </c>
+      <c r="G321" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" customHeight="1" ht="130">
+      <c r="A322" s="15">
+        <v>313</v>
+      </c>
+      <c r="B322" s="6"/>
+      <c r="C322" s="16" t="s">
+        <v>554</v>
+      </c>
+      <c r="D322" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E322" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F322" s="15">
+        <v>1</v>
+      </c>
+      <c r="G322" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" customHeight="1" ht="130">
+      <c r="A323" s="15">
+        <v>314</v>
+      </c>
+      <c r="B323" s="6"/>
+      <c r="C323" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="D323" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E323" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F323" s="15">
+        <v>1</v>
+      </c>
+      <c r="G323" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" customHeight="1" ht="130">
+      <c r="A324" s="15">
+        <v>315</v>
+      </c>
+      <c r="B324" s="6"/>
+      <c r="C324" s="16" t="s">
+        <v>556</v>
+      </c>
+      <c r="D324" s="16" t="s">
+        <v>541</v>
+      </c>
+      <c r="E324" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="F324" s="15">
+        <v>1</v>
+      </c>
+      <c r="G324" s="18">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" customHeight="1" ht="130">
+      <c r="A325" s="15">
+        <v>316</v>
+      </c>
+      <c r="B325" s="6"/>
+      <c r="C325" s="16" t="s">
+        <v>557</v>
+      </c>
+      <c r="D325" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E325" s="17">
+        <v>162.0</v>
+      </c>
+      <c r="F325" s="15">
+        <v>1</v>
+      </c>
+      <c r="G325" s="18">
+        <v>162.0</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" customHeight="1" ht="130">
+      <c r="A326" s="15">
+        <v>317</v>
+      </c>
+      <c r="B326" s="6"/>
+      <c r="C326" s="16" t="s">
+        <v>559</v>
+      </c>
+      <c r="D326" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E326" s="17">
+        <v>162.0</v>
+      </c>
+      <c r="F326" s="15">
+        <v>1</v>
+      </c>
+      <c r="G326" s="18">
+        <v>162.0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" customHeight="1" ht="130">
+      <c r="A327" s="15">
+        <v>318</v>
+      </c>
+      <c r="B327" s="6"/>
+      <c r="C327" s="16" t="s">
+        <v>560</v>
+      </c>
+      <c r="D327" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E327" s="17">
+        <v>162.0</v>
+      </c>
+      <c r="F327" s="15">
+        <v>1</v>
+      </c>
+      <c r="G327" s="18">
+        <v>162.0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" customHeight="1" ht="130">
+      <c r="A328" s="15">
+        <v>319</v>
+      </c>
+      <c r="B328" s="6"/>
+      <c r="C328" s="16" t="s">
+        <v>561</v>
+      </c>
+      <c r="D328" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E328" s="17">
+        <v>162.0</v>
+      </c>
+      <c r="F328" s="15">
+        <v>1</v>
+      </c>
+      <c r="G328" s="18">
+        <v>162.0</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" customHeight="1" ht="130">
+      <c r="A329" s="15">
+        <v>320</v>
+      </c>
+      <c r="B329" s="6"/>
+      <c r="C329" s="16" t="s">
+        <v>562</v>
+      </c>
+      <c r="D329" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E329" s="17">
+        <v>162.0</v>
+      </c>
+      <c r="F329" s="15">
+        <v>1</v>
+      </c>
+      <c r="G329" s="18">
+        <v>162.0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9" customHeight="1" ht="130">
+      <c r="A330" s="15">
+        <v>321</v>
+      </c>
+      <c r="B330" s="6"/>
+      <c r="C330" s="16" t="s">
+        <v>563</v>
+      </c>
+      <c r="D330" s="16" t="s">
+        <v>558</v>
+      </c>
+      <c r="E330" s="17">
+        <v>162.0</v>
+      </c>
+      <c r="F330" s="15">
+        <v>1</v>
+      </c>
+      <c r="G330" s="18">
+        <v>162.0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" customHeight="1" ht="130">
+      <c r="A331" s="15">
+        <v>322</v>
+      </c>
+      <c r="B331" s="6"/>
+      <c r="C331" s="16" t="s">
+        <v>564</v>
+      </c>
+      <c r="D331" s="16" t="s">
+        <v>565</v>
+      </c>
+      <c r="E331" s="17">
+        <v>69.0</v>
+      </c>
+      <c r="F331" s="15">
+        <v>1</v>
+      </c>
+      <c r="G331" s="18">
+        <v>69.0</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" customHeight="1" ht="130">
+      <c r="A332" s="15">
+        <v>323</v>
+      </c>
+      <c r="B332" s="6"/>
+      <c r="C332" s="16" t="s">
+        <v>566</v>
+      </c>
+      <c r="D332" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="E332" s="17">
+        <v>200.0</v>
+      </c>
+      <c r="F332" s="15">
+        <v>1</v>
+      </c>
+      <c r="G332" s="18">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" customHeight="1" ht="130">
+      <c r="A333" s="15">
+        <v>324</v>
+      </c>
+      <c r="B333" s="6"/>
+      <c r="C333" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="D333" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="E333" s="17">
+        <v>400.0</v>
+      </c>
+      <c r="F333" s="15">
+        <v>1</v>
+      </c>
+      <c r="G333" s="18">
+        <v>400.0</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9" customHeight="1" ht="130">
+      <c r="A334" s="15">
+        <v>325</v>
+      </c>
+      <c r="B334" s="6"/>
+      <c r="C334" s="16" t="s">
+        <v>570</v>
+      </c>
+      <c r="D334" s="16" t="s">
+        <v>571</v>
+      </c>
+      <c r="E334" s="17">
+        <v>1620.0</v>
+      </c>
+      <c r="F334" s="15">
+        <v>1</v>
+      </c>
+      <c r="G334" s="18">
+        <v>1620.0</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" customHeight="1" ht="130">
+      <c r="A335" s="15">
+        <v>326</v>
+      </c>
+      <c r="B335" s="6"/>
+      <c r="C335" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="D335" s="16" t="s">
+        <v>573</v>
+      </c>
+      <c r="E335" s="17">
+        <v>2200.0</v>
+      </c>
+      <c r="F335" s="15">
+        <v>1</v>
+      </c>
+      <c r="G335" s="18">
+        <v>2200.0</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" customHeight="1" ht="130">
+      <c r="A336" s="15">
+        <v>327</v>
+      </c>
+      <c r="B336" s="6"/>
+      <c r="C336" s="16" t="s">
+        <v>574</v>
+      </c>
+      <c r="D336" s="16" t="s">
+        <v>575</v>
+      </c>
+      <c r="E336" s="17">
+        <v>1360.0</v>
+      </c>
+      <c r="F336" s="15">
+        <v>1</v>
+      </c>
+      <c r="G336" s="18">
+        <v>1360.0</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" customHeight="1" ht="130">
+      <c r="A337" s="15">
+        <v>328</v>
+      </c>
+      <c r="B337" s="6"/>
+      <c r="C337" s="16" t="s">
+        <v>576</v>
+      </c>
+      <c r="D337" s="16" t="s">
+        <v>577</v>
+      </c>
+      <c r="E337" s="17">
+        <v>530.0</v>
+      </c>
+      <c r="F337" s="15">
+        <v>1</v>
+      </c>
+      <c r="G337" s="18">
+        <v>530.0</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" customHeight="1" ht="130">
+      <c r="A338" s="15">
+        <v>329</v>
+      </c>
+      <c r="B338" s="6"/>
+      <c r="C338" s="16" t="s">
+        <v>578</v>
+      </c>
+      <c r="D338" s="16" t="s">
+        <v>577</v>
+      </c>
+      <c r="E338" s="17">
+        <v>530.0</v>
+      </c>
+      <c r="F338" s="15">
+        <v>1</v>
+      </c>
+      <c r="G338" s="18">
+        <v>530.0</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" customHeight="1" ht="130">
+      <c r="A339" s="15">
+        <v>330</v>
+      </c>
+      <c r="B339" s="6"/>
+      <c r="C339" s="16" t="s">
+        <v>579</v>
+      </c>
+      <c r="D339" s="16" t="s">
+        <v>580</v>
+      </c>
+      <c r="E339" s="17">
+        <v>598.0</v>
+      </c>
+      <c r="F339" s="15">
+        <v>1</v>
+      </c>
+      <c r="G339" s="18">
+        <v>598.0</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" customHeight="1" ht="130">
+      <c r="A340" s="15">
+        <v>331</v>
+      </c>
+      <c r="B340" s="6"/>
+      <c r="C340" s="16" t="s">
+        <v>581</v>
+      </c>
+      <c r="D340" s="16" t="s">
+        <v>580</v>
+      </c>
+      <c r="E340" s="17">
+        <v>598.0</v>
+      </c>
+      <c r="F340" s="15">
+        <v>1</v>
+      </c>
+      <c r="G340" s="18">
+        <v>598.0</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" customHeight="1" ht="130">
+      <c r="A341" s="15">
+        <v>332</v>
+      </c>
+      <c r="B341" s="6"/>
+      <c r="C341" s="16" t="s">
+        <v>582</v>
+      </c>
+      <c r="D341" s="16" t="s">
+        <v>583</v>
+      </c>
+      <c r="E341" s="17">
+        <v>417.0</v>
+      </c>
+      <c r="F341" s="15">
+        <v>1</v>
+      </c>
+      <c r="G341" s="18">
+        <v>417.0</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" customHeight="1" ht="130">
+      <c r="A342" s="15">
+        <v>333</v>
+      </c>
+      <c r="B342" s="6"/>
+      <c r="C342" s="16" t="s">
+        <v>584</v>
+      </c>
+      <c r="D342" s="16" t="s">
+        <v>583</v>
+      </c>
+      <c r="E342" s="17">
+        <v>417.0</v>
+      </c>
+      <c r="F342" s="15">
+        <v>1</v>
+      </c>
+      <c r="G342" s="18">
+        <v>417.0</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" customHeight="1" ht="130">
+      <c r="A343" s="15">
+        <v>334</v>
+      </c>
+      <c r="B343" s="6"/>
+      <c r="C343" s="16" t="s">
+        <v>585</v>
+      </c>
+      <c r="D343" s="16" t="s">
+        <v>583</v>
+      </c>
+      <c r="E343" s="17">
+        <v>417.0</v>
+      </c>
+      <c r="F343" s="15">
+        <v>1</v>
+      </c>
+      <c r="G343" s="18">
+        <v>417.0</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" customHeight="1" ht="130">
+      <c r="A344" s="15">
+        <v>335</v>
+      </c>
+      <c r="B344" s="6"/>
+      <c r="C344" s="16" t="s">
+        <v>586</v>
+      </c>
+      <c r="D344" s="16" t="s">
+        <v>583</v>
+      </c>
+      <c r="E344" s="17">
+        <v>417.0</v>
+      </c>
+      <c r="F344" s="15">
+        <v>1</v>
+      </c>
+      <c r="G344" s="18">
+        <v>417.0</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9" customHeight="1" ht="130">
+      <c r="A345" s="15">
+        <v>336</v>
+      </c>
+      <c r="B345" s="6"/>
+      <c r="C345" s="16" t="s">
+        <v>587</v>
+      </c>
+      <c r="D345" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E345" s="17">
+        <v>773.0</v>
+      </c>
+      <c r="F345" s="15">
+        <v>1</v>
+      </c>
+      <c r="G345" s="18">
+        <v>773.0</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" customHeight="1" ht="130">
+      <c r="A346" s="15">
+        <v>337</v>
+      </c>
+      <c r="B346" s="6"/>
+      <c r="C346" s="16" t="s">
+        <v>589</v>
+      </c>
+      <c r="D346" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E346" s="17">
+        <v>773.0</v>
+      </c>
+      <c r="F346" s="15">
+        <v>1</v>
+      </c>
+      <c r="G346" s="18">
+        <v>773.0</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" customHeight="1" ht="130">
+      <c r="A347" s="15">
+        <v>338</v>
+      </c>
+      <c r="B347" s="6"/>
+      <c r="C347" s="16" t="s">
+        <v>590</v>
+      </c>
+      <c r="D347" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E347" s="17">
+        <v>773.0</v>
+      </c>
+      <c r="F347" s="15">
+        <v>1</v>
+      </c>
+      <c r="G347" s="18">
+        <v>773.0</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" customHeight="1" ht="130">
+      <c r="A348" s="15">
+        <v>339</v>
+      </c>
+      <c r="B348" s="6"/>
+      <c r="C348" s="16" t="s">
+        <v>591</v>
+      </c>
+      <c r="D348" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E348" s="17">
+        <v>773.0</v>
+      </c>
+      <c r="F348" s="15">
+        <v>1</v>
+      </c>
+      <c r="G348" s="18">
+        <v>773.0</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9" customHeight="1" ht="130">
+      <c r="A349" s="15">
+        <v>340</v>
+      </c>
+      <c r="B349" s="6"/>
+      <c r="C349" s="16" t="s">
+        <v>592</v>
+      </c>
+      <c r="D349" s="16" t="s">
+        <v>593</v>
+      </c>
+      <c r="E349" s="17">
+        <v>2650.0</v>
+      </c>
+      <c r="F349" s="15">
+        <v>1</v>
+      </c>
+      <c r="G349" s="18">
+        <v>2650.0</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9" customHeight="1" ht="130">
+      <c r="A350" s="15">
+        <v>341</v>
+      </c>
+      <c r="B350" s="6"/>
+      <c r="C350" s="16" t="s">
+        <v>594</v>
+      </c>
+      <c r="D350" s="16" t="s">
+        <v>595</v>
+      </c>
+      <c r="E350" s="17">
+        <v>1050.0</v>
+      </c>
+      <c r="F350" s="15">
+        <v>1</v>
+      </c>
+      <c r="G350" s="18">
+        <v>1050.0</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" customHeight="1" ht="130">
+      <c r="A351" s="15">
+        <v>342</v>
+      </c>
+      <c r="B351" s="6"/>
+      <c r="C351" s="16" t="s">
+        <v>596</v>
+      </c>
+      <c r="D351" s="16" t="s">
+        <v>597</v>
+      </c>
+      <c r="E351" s="17">
+        <v>296.0</v>
+      </c>
+      <c r="F351" s="15">
+        <v>1</v>
+      </c>
+      <c r="G351" s="18">
+        <v>296.0</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" customHeight="1" ht="130">
+      <c r="A352" s="15">
+        <v>343</v>
+      </c>
+      <c r="B352" s="6"/>
+      <c r="C352" s="16" t="s">
+        <v>598</v>
+      </c>
+      <c r="D352" s="16" t="s">
+        <v>599</v>
+      </c>
+      <c r="E352" s="17">
+        <v>368.0</v>
+      </c>
+      <c r="F352" s="15">
+        <v>1</v>
+      </c>
+      <c r="G352" s="18">
+        <v>368.0</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" customHeight="1" ht="130">
+      <c r="A353" s="15">
+        <v>344</v>
+      </c>
+      <c r="B353" s="6"/>
+      <c r="C353" s="16" t="s">
+        <v>600</v>
+      </c>
+      <c r="D353" s="16" t="s">
+        <v>599</v>
+      </c>
+      <c r="E353" s="17">
+        <v>368.0</v>
+      </c>
+      <c r="F353" s="15">
+        <v>1</v>
+      </c>
+      <c r="G353" s="18">
+        <v>368.0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" customHeight="1" ht="130">
+      <c r="A354" s="15">
+        <v>345</v>
+      </c>
+      <c r="B354" s="6"/>
+      <c r="C354" s="16" t="s">
+        <v>601</v>
+      </c>
+      <c r="D354" s="16" t="s">
+        <v>602</v>
+      </c>
+      <c r="E354" s="17">
+        <v>266.0</v>
+      </c>
+      <c r="F354" s="15">
+        <v>1</v>
+      </c>
+      <c r="G354" s="18">
+        <v>266.0</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" customHeight="1" ht="130">
+      <c r="A355" s="15">
+        <v>346</v>
+      </c>
+      <c r="B355" s="6"/>
+      <c r="C355" s="16" t="s">
+        <v>603</v>
+      </c>
+      <c r="D355" s="16" t="s">
+        <v>604</v>
+      </c>
+      <c r="E355" s="17">
+        <v>433.0</v>
+      </c>
+      <c r="F355" s="15">
+        <v>1</v>
+      </c>
+      <c r="G355" s="18">
+        <v>433.0</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9" customHeight="1" ht="130">
+      <c r="A356" s="15">
+        <v>347</v>
+      </c>
+      <c r="B356" s="6"/>
+      <c r="C356" s="16" t="s">
+        <v>605</v>
+      </c>
+      <c r="D356" s="16" t="s">
+        <v>604</v>
+      </c>
+      <c r="E356" s="17">
+        <v>433.0</v>
+      </c>
+      <c r="F356" s="15">
+        <v>1</v>
+      </c>
+      <c r="G356" s="18">
+        <v>433.0</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9" customHeight="1" ht="130">
+      <c r="A357" s="15">
+        <v>348</v>
+      </c>
+      <c r="B357" s="6"/>
+      <c r="C357" s="16" t="s">
+        <v>606</v>
+      </c>
+      <c r="D357" s="16" t="s">
+        <v>604</v>
+      </c>
+      <c r="E357" s="17">
+        <v>433.0</v>
+      </c>
+      <c r="F357" s="15">
+        <v>1</v>
+      </c>
+      <c r="G357" s="18">
+        <v>433.0</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9" customHeight="1" ht="130">
+      <c r="A358" s="15">
+        <v>349</v>
+      </c>
+      <c r="B358" s="6"/>
+      <c r="C358" s="16" t="s">
+        <v>607</v>
+      </c>
+      <c r="D358" s="16" t="s">
+        <v>608</v>
+      </c>
+      <c r="E358" s="17">
+        <v>274.0</v>
+      </c>
+      <c r="F358" s="15">
+        <v>1</v>
+      </c>
+      <c r="G358" s="18">
+        <v>274.0</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" customHeight="1" ht="130">
+      <c r="A359" s="15">
+        <v>350</v>
+      </c>
+      <c r="B359" s="6"/>
+      <c r="C359" s="16" t="s">
+        <v>609</v>
+      </c>
+      <c r="D359" s="16" t="s">
+        <v>608</v>
+      </c>
+      <c r="E359" s="17">
+        <v>274.0</v>
+      </c>
+      <c r="F359" s="15">
+        <v>1</v>
+      </c>
+      <c r="G359" s="18">
+        <v>274.0</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" customHeight="1" ht="130">
+      <c r="A360" s="15">
+        <v>351</v>
+      </c>
+      <c r="B360" s="6"/>
+      <c r="C360" s="16" t="s">
+        <v>610</v>
+      </c>
+      <c r="D360" s="16" t="s">
+        <v>608</v>
+      </c>
+      <c r="E360" s="17">
+        <v>274.0</v>
+      </c>
+      <c r="F360" s="15">
+        <v>1</v>
+      </c>
+      <c r="G360" s="18">
+        <v>274.0</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" customHeight="1" ht="130">
+      <c r="A361" s="15">
+        <v>352</v>
+      </c>
+      <c r="B361" s="6"/>
+      <c r="C361" s="16" t="s">
+        <v>611</v>
+      </c>
+      <c r="D361" s="16" t="s">
+        <v>612</v>
+      </c>
+      <c r="E361" s="17">
+        <v>404.0</v>
+      </c>
+      <c r="F361" s="15">
+        <v>1</v>
+      </c>
+      <c r="G361" s="18">
+        <v>404.0</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9" customHeight="1" ht="130">
+      <c r="A362" s="15">
+        <v>353</v>
+      </c>
+      <c r="B362" s="6"/>
+      <c r="C362" s="16" t="s">
+        <v>613</v>
+      </c>
+      <c r="D362" s="16" t="s">
+        <v>614</v>
+      </c>
+      <c r="E362" s="17">
+        <v>456.0</v>
+      </c>
+      <c r="F362" s="15">
+        <v>1</v>
+      </c>
+      <c r="G362" s="18">
+        <v>456.0</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9">
+      <c r="D363" s="16"/>
+      <c r="E363" s="17"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.039370078740157" right="0.039370078740157" top="0.74803149606299" bottom="0.74803149606299" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>